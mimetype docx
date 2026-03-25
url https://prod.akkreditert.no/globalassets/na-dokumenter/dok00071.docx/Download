--- v0 (2025-11-03)
+++ v1 (2026-03-25)
@@ -570,51 +570,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_Signatur </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0069494E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0069494E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>TKD</w:t>
+              <w:t>Pia Backe-Hansen</w:t>
             </w:r>
             <w:r w:rsidRPr="0069494E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="56" w:type="dxa"/>
@@ -666,51 +666,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0069494E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0069494E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>9.05</w:t>
+              <w:t>10.00</w:t>
             </w:r>
             <w:r w:rsidRPr="0069494E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
@@ -761,51 +761,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_GjelderFra </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0069494E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0069494E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>14.10.2025</w:t>
+              <w:t>23.03.2026</w:t>
             </w:r>
             <w:r w:rsidRPr="0069494E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0011184F" w:rsidP="00F401F9" w14:paraId="51A1E697" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -882,68 +882,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCVARIABLE EK_Merknad </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Endret godkjenner. Lagt til referanse til IAF MD 17 under Referanser</w:t>
-[...16 lines deleted...]
-              <w:t>Forlenget gyldighet til 14.10.2027</w:t>
+              <w:t>Endret godkjenner</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="004652C7" w:rsidP="00F401F9" w14:paraId="51A1E69C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007029D6" w:rsidRPr="004652C7" w:rsidP="007029D6" w14:paraId="51A1E69D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -7977,51 +7960,51 @@
         <w:tcPr>
           <w:tcW w:w="1727" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="004127D2" w:rsidP="00BE1D09" w14:paraId="51A1E7C6" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:t>Sign.:</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="004127D2" w:rsidP="00BE1D09" w14:paraId="51A1E7C7" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Signatur </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
-            <w:t>TKD</w:t>
+            <w:t>Pia Backe-Hansen</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1714" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="004127D2" w:rsidP="00BE1D09" w14:paraId="51A1E7C8" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:t>Dok.ID:</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="004127D2" w:rsidRPr="00C42479" w:rsidP="00C42479" w14:paraId="51A1E7C9" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:color w:val="000080"/>
             </w:rPr>
           </w:pPr>
@@ -8061,69 +8044,69 @@
         <w:tcPr>
           <w:tcW w:w="2244" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="004127D2" w:rsidP="00BE1D09" w14:paraId="51A1E7CA" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:t>Ver.:</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="004127D2" w:rsidP="00BE1D09" w14:paraId="51A1E7CB" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r w:rsidR="0082078B">
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0082078B">
-            <w:t>9.05</w:t>
+            <w:t>10.00</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidR="0082078B">
             <w:t xml:space="preserve"> / </w:t>
           </w:r>
           <w:r w:rsidR="00334DC8">
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_GjelderFra </w:instrText>
           </w:r>
           <w:r w:rsidR="00334DC8">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
-            <w:t>14.10.2025</w:t>
+            <w:t>23.03.2026</w:t>
           </w:r>
           <w:r w:rsidR="00334DC8">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidR="0082078B">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2095" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="004127D2" w:rsidP="00BE1D09" w14:paraId="51A1E7CC" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
             <w:t>Side</w:t>
@@ -9109,51 +9092,51 @@
     <w:docVar w:name="ekr_utgitt" w:val=" "/>
     <w:docVar w:name="ekr_verifisert" w:val=" "/>
     <w:docVar w:name="EksRef" w:val="[EksRef]"/>
     <w:docVar w:name="ek_ansvarlig" w:val="Tove Kristin Dokka"/>
     <w:docVar w:name="ek_bedriftsnavn" w:val="Norsk akkreditering"/>
     <w:docVar w:name="ek_dbfields" w:val="EK_Avdeling¤2#4¤2# ¤3#EK_Avsnitt¤2#4¤2# ¤3#EK_Bedriftsnavn¤2#1¤2#Norsk akkreditering¤3#EK_GjelderFra¤2#0¤2#12.01.2021¤3#EK_KlGjelderFra¤2#0¤2#¤3#EK_Opprettet¤2#0¤2#06.02.2013¤3#EK_Utgitt¤2#0¤2#30.03.2011¤3#EK_IBrukDato¤2#0¤2#12.01.2021¤3#EK_DokumentID¤2#0¤2#D00071¤3#EK_DokTittel¤2#0¤2#Bransjeinndeling for definisjon av akkrediteringsomfang/Classification of branches to define the scope of accreditation¤3#EK_DokType¤2#0¤2#Veiledning/Guidance¤3#EK_DocLvlShort¤2#0¤2# ¤3#EK_DocLevel¤2#0¤2# ¤3#EK_EksRef¤2#2¤2# 0_x0009_¤3#EK_Erstatter¤2#0¤2#9.02¤3#EK_ErstatterD¤2#0¤2#22.03.2019¤3#EK_Signatur¤2#0¤2#TKD¤3#EK_Verifisert¤2#0¤2# ¤3#EK_Hørt¤2#0¤2# ¤3#EK_AuditReview¤2#2¤2# ¤3#EK_AuditApprove¤2#2¤2# ¤3#EK_Gradering¤2#0¤2#Åpen¤3#EK_Gradnr¤2#4¤2#0¤3#EK_Kapittel¤2#4¤2# ¤3#EK_Referanse¤2#2¤2# 0_x0009_¤3#EK_RefNr¤2#0¤2#.2.1.3.13¤3#EK_Revisjon¤2#0¤2#9.03¤3#EK_Ansvarlig¤2#0¤2#Tove Kristin Dokka¤3#EK_SkrevetAv¤2#0¤2#TKD¤3#EK_DokAnsvNavn¤2#0¤2#Seksjonssjef akkreditering¤3#EK_UText2¤2#0¤2# ¤3#EK_UText3¤2#0¤2# ¤3#EK_UText4¤2#0¤2# ¤3#EK_Status¤2#0¤2#I bruk¤3#EK_Stikkord¤2#0¤2#NACE, kode, code, ets, mrv, bransje, prod, pers, insp, msys, emas, na dok 24c, na-dok¤3#EK_SuperStikkord¤2#0¤2#¤3#EK_Rapport¤2#3¤2#¤3#EK_EKPrintMerke¤2#0¤2#Uoffisiell utskrift er kun gyldig på utskriftsdato¤3#EK_Watermark¤2#0¤2#¤3#EK_Utgave¤2#0¤2#9.03¤3#EK_Merknad¤2#7¤2#Fjernet utdatert tabell, fjernet NA dok 24c fra tittel, endret mal, rettet skrivefeil, lagt til revisjonsintervall.¤3#EK_VerLogg¤2#2¤2#Ver. 9.03 - 12.01.2021|Fjernet utdatert tabell, fjernet NA dok 24c fra tittel, endret mal, rettet skrivefeil, lagt til revisjonsintervall.¤1#Ver. 9.02 - 11.01.2021|Endret tittell fra NA Dok til NA Doc for å forenkle søk.¤1#Ver. 9.01 - 11.12.2020|Fjernet åpen linje i tittel.¤1#Ver. 9.00 - 22.03.2019|Dokumentet er forenklet ved at det i stedet for NA spesifikke inndelinger i større grad henvises til aktuelle IAF dokumenter.&#13;_x000a_&#13;_x000a_The document is simplified by referring to current IAF documents, instead of NA specific sections .¤1#Ver. 8.01 - 12.05.2014|V. 8.00 EU-ETS Codes are added in table 9&#13;_x000a_V.8.01 Changes in formating and fixed page nr¤1#Ver. 8.00 - 12.05.2014|EU-ETS Codes are added in table 9¤1#Ver. 7.01 - 09.02.2013|Rettet feil i sidetall.¤1#Ver. 7.00 - 06.02.2013|¤3#EK_RF1¤2#4¤2# ¤3#EK_RF2¤2#4¤2# ¤3#EK_RF3¤2#4¤2# ¤3#EK_RF4¤2#4¤2# ¤3#EK_RF5¤2#4¤2# ¤3#EK_RF6¤2#4¤2# ¤3#EK_RF7¤2#4¤2# ¤3#EK_RF8¤2#4¤2# ¤3#EK_RF9¤2#4¤2# ¤3#EK_Mappe1¤2#4¤2# ¤3#EK_Mappe2¤2#4¤2# ¤3#EK_Mappe3¤2#4¤2# ¤3#EK_Mappe4¤2#4¤2# ¤3#EK_Mappe5¤2#4¤2# ¤3#EK_Mappe6¤2#4¤2# ¤3#EK_Mappe7¤2#4¤2# ¤3#EK_Mappe8¤2#4¤2# ¤3#EK_Mappe9¤2#4¤2# ¤3#EK_DL¤2#0¤2#13¤3#EK_GjelderTil¤2#0¤2#12.01.2023¤3#EK_Vedlegg¤2#2¤2# 0_x0009_¤3#EK_AvdelingOver¤2#4¤2# ¤3#EK_HRefNr¤2#0¤2# ¤3#EK_HbNavn¤2#0¤2# ¤3#EK_DokRefnr¤2#4¤2#00020103¤3#EK_Dokendrdato¤2#4¤2#12.01.2021 11:20:34¤3#EK_HbType¤2#4¤2# ¤3#EK_Offisiell¤2#4¤2# ¤3#EK_VedleggRef¤2#4¤2#.2.1.3.13¤3#EK_Strukt00¤2#5¤2#.¤5#2¤5#Kjerneprosesser¤5#1¤5#0¤4#.¤5#1¤5#Akkreditering¤5#4¤5#0¤4#.¤5#3¤5#Kundedokumenter (nettsiden)¤5#0¤5#0¤4#/¤3#EK_Strukt01¤2#5¤2#¤3#EK_Pub¤2#6¤2#;2;10;15;¤3#EKR_DokType¤2#0¤2# ¤3#EKR_Doktittel¤2#0¤2# ¤3#EKR_DokumentID¤2#0¤2# ¤3#EKR_RefNr¤2#0¤2# ¤3#EKR_Gradering¤2#0¤2# ¤3#EKR_Signatur¤2#0¤2# ¤3#EKR_Verifisert¤2#0¤2# ¤3#EKR_Hørt¤2#0¤2# ¤3#EKR_AuditReview¤2#2¤2# ¤3#EKR_AuditApprove¤2#2¤2# ¤3#EKR_AuditFinal¤2#2¤2# ¤3#EKR_Dokeier¤2#0¤2# ¤3#EKR_Status¤2#0¤2# ¤3#EKR_Opprettet¤2#0¤2# ¤3#EKR_Endret¤2#0¤2# ¤3#EKR_Ibruk¤2#0¤2# ¤3#EKR_Rapport¤2#3¤2# ¤3#EKR_Utgitt¤2#0¤2# ¤3#EKR_SkrevetAv¤2#0¤2# ¤3#EKR_UText1¤2#0¤2# ¤3#EKR_UText2¤2#0¤2# ¤3#EKR_UText3¤2#0¤2# ¤3#EKR_UText4¤2#0¤2# ¤3#EKR_DokRefnr¤2#4¤2# ¤3#EKR_Gradnr¤2#4¤2# ¤3#EKR_Strukt00¤2#5¤2#.¤5#2¤5#Kjerneprosesser¤5#1¤5#0¤4#.¤5#1¤5#Akkreditering¤5#4¤5#0¤4#.¤5#3¤5#Kundedokumenter (nettsiden)¤5#0¤5#0¤4#/¤3#"/>
     <w:docVar w:name="ek_dl" w:val="13"/>
     <w:docVar w:name="ek_doclevel" w:val=" "/>
     <w:docVar w:name="ek_doclvlshort" w:val=" "/>
     <w:docVar w:name="ek_dokansvnavn" w:val="Seksjonssjef akkreditering"/>
     <w:docVar w:name="ek_doktittel" w:val="Bransjeinndeling for definisjon av akkrediteringsomfang/Classification of branches to define the scope of accreditation"/>
     <w:docVar w:name="ek_doktype" w:val="Veiledning/Guidance"/>
     <w:docVar w:name="ek_dokumentid" w:val="D00071"/>
     <w:docVar w:name="ek_editprotect" w:val="-1"/>
     <w:docVar w:name="ek_eksref" w:val="[EK_EksRef]"/>
     <w:docVar w:name="ek_erstatter" w:val="9.02"/>
     <w:docVar w:name="ek_erstatterd" w:val="22.03.2019"/>
     <w:docVar w:name="ek_format" w:val="-10"/>
     <w:docVar w:name="ek_gjelderfra" w:val="12.01.2021"/>
     <w:docVar w:name="ek_gjeldertil" w:val="12.01.2023"/>
     <w:docVar w:name="ek_gradering" w:val="Åpen"/>
     <w:docVar w:name="ek_hbnavn" w:val=" "/>
     <w:docVar w:name="ek_hrefnr" w:val=" "/>
     <w:docVar w:name="ek_hørt" w:val=" "/>
     <w:docVar w:name="ek_ibrukdato" w:val="12.01.2021"/>
-    <w:docVar w:name="ek_merknad" w:val="Endret godkjenner. Lagt til referanse til IAF MD 17 under Referanser&#13;&#10;Forlenget gyldighet til 14.10.2027"/>
+    <w:docVar w:name="ek_merknad" w:val="Endret godkjenner"/>
     <w:docVar w:name="ek_opprettet" w:val="06.02.2013"/>
     <w:docVar w:name="EK_Protection" w:val="-1"/>
     <w:docVar w:name="ek_rapport" w:val="[]"/>
     <w:docVar w:name="ek_referanse" w:val="[EK_Referanse]"/>
     <w:docVar w:name="ek_refnr" w:val=".2.1.3.13"/>
     <w:docVar w:name="ek_revisjon" w:val="9.03"/>
     <w:docVar w:name="ek_signatur" w:val="TKD"/>
     <w:docVar w:name="ek_skrevetav" w:val="TKD"/>
     <w:docVar w:name="ek_status" w:val="I bruk"/>
     <w:docVar w:name="ek_stikkord" w:val="NACE, kode, code, ets, mrv, bransje, prod, pers, insp, msys, emas, na dok 24c, na-dok"/>
     <w:docVar w:name="EK_TYPE" w:val="DOK"/>
     <w:docVar w:name="ek_utext2" w:val=" "/>
     <w:docVar w:name="ek_utext3" w:val=" "/>
     <w:docVar w:name="ek_utext4" w:val=" "/>
     <w:docVar w:name="ek_utgave" w:val="9.03"/>
     <w:docVar w:name="ek_utgitt" w:val="30.03.2011"/>
     <w:docVar w:name="ek_verifisert" w:val=" "/>
     <w:docVar w:name="Erstatter" w:val="lab_erstatter"/>
     <w:docVar w:name="KHB" w:val="UB"/>
     <w:docVar w:name="skitten" w:val="0"/>
     <w:docVar w:name="Tittel" w:val="Dette er en Test tittel."/>
   </w:docVars>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
@@ -10693,41 +10676,41 @@
   <dc:subject>00020103|.2.1.3.13|</dc:subject>
   <dc:creator>Handbok</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="EK_Bedriftsnavn">
     <vt:lpwstr>Norsk akkreditering</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="EK_DokTittel">
     <vt:lpwstr>Bransjeinndeling for definisjon av akkrediteringsomfang/Classification of branches to define the scope of accreditation</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="EK_DokType">
     <vt:lpwstr>Veiledning/Guidance</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="EK_DokumentID">
     <vt:lpwstr>D00071</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="EK_GjelderFra">
-    <vt:lpwstr>14.10.2025</vt:lpwstr>
+    <vt:lpwstr>23.03.2026</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="EK_Merknad">
     <vt:lpwstr>Fjernet utdatert tabell, fjernet NA dok 24c fra tittel, endret mal, rettet skrivefeil, lagt til revisjonsintervall.</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="EK_Signatur">
-    <vt:lpwstr>TKD</vt:lpwstr>
+    <vt:lpwstr>Pia Backe-Hansen</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="EK_Utgave">
-    <vt:lpwstr>9.05</vt:lpwstr>
+    <vt:lpwstr>10.00</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="EK_Watermark">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>