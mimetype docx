--- v0 (2025-11-03)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <!-- Generated by Aspose.Words for .NET 23.5.0 -->
   <w:body>
     <w:p w:rsidR="001A6149" w:rsidP="00F401F9" w14:paraId="287EC07D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidSect="00B37ADD">
           <w:headerReference w:type="default" r:id="rId4"/>
           <w:footerReference w:type="default" r:id="rId5"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="851" w:right="1418" w:bottom="851" w:left="1418" w:header="851" w:footer="454" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:formProt w:val="0"/>
           <w:docGrid w:linePitch="245"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="tempHer"/>
       <w:bookmarkStart w:id="2" w:name="_Toc400352179"/>
@@ -91,97 +91,97 @@
           </w:tblBorders>
           <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:bookmarkEnd w:id="2"/>
-          <w:p w:rsidR="00BD12E0" w:rsidRPr="002B7042" w:rsidP="000F18A9" w14:paraId="3C082120" w14:textId="09B7C727">
+          <w:p w:rsidR="00BD12E0" w:rsidRPr="002B7042" w:rsidP="006F717E" w14:paraId="3C082120" w14:textId="400E3033">
             <w:pPr>
               <w:pStyle w:val="Subtitle"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000080"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B7042">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00643195">
+              <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1074420" cy="640080"/>
-[...1 lines deleted...]
-                  <wp:docPr id="1" name="Bilde 1"/>
+                  <wp:extent cx="984250" cy="558198"/>
+                  <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+                  <wp:docPr id="699027644" name="Bilde 2" descr="Et bilde som inneholder Grafikk, skjermbilde, grafisk design, design&#10;&#10;KI-generert innhold kan være feil."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="1" name="Bilde 1"/>
+                          <pic:cNvPr id="699027644" name="Bilde 2" descr="Et bilde som inneholder Grafikk, skjermbilde, grafisk design, design&#10;&#10;KI-generert innhold kan være feil."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6">
+                          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6" cstate="print">
                             <a:extLst>
                               <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1074420" cy="640080"/>
+                            <a:ext cx="984250" cy="558198"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="002B7042">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002B7042">
@@ -194,98 +194,95 @@
             </w:r>
             <w:r w:rsidRPr="002B7042">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BD12E0" w:rsidRPr="002B7042" w:rsidP="000F18A9" w14:paraId="1EEB8FF6" w14:textId="77777777">
+          <w:p w:rsidR="00BD12E0" w:rsidRPr="006F717E" w:rsidP="000F18A9" w14:paraId="1EEB8FF6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Norskakkreditering"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000080"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B7042">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-            </w:pPr>
+              <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
+            </w:r>
+            <w:r w:rsidRPr="006F717E">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000080"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY EK_DokTittel </w:instrText>
+            </w:r>
             <w:r w:rsidRPr="002B7042">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002B7042">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006F717E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="en-GB"/>
-[...19 lines deleted...]
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Rapport fra teknisk inspektør GLP-laboratorium</w:t>
             </w:r>
             <w:r w:rsidRPr="002B7042">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
@@ -684,51 +681,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002B7042">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002B7042">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>5.00</w:t>
+              <w:t>5.01</w:t>
             </w:r>
             <w:r w:rsidRPr="002B7042">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
@@ -1089,51 +1086,63 @@
           <w:tcPr>
             <w:tcW w:w="6178" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00FF6B5D" w:rsidRPr="00801DF7" w14:paraId="287EC091" w14:textId="19979D20">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00801DF7">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>ENV/MC/CHEM(98)17</w:t>
+              <w:t>ENV/MC/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00801DF7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CHEM(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00801DF7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>98)17</w:t>
             </w:r>
             <w:r w:rsidRPr="00801DF7" w:rsidR="00801DF7">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> - OECD Principles on Good Laboratory Practice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="287EC096" w14:textId="77777777" w:rsidTr="00FC136F">
         <w:tblPrEx>
           <w:tblW w:w="9285" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="01E0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1292,83 +1301,89 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0A5" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0A6" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
-        <w:t>Dette er en sjekkliste som er ment å skulle være til hjelp for tekniske inspektør ved laboratorieinspeksjon. Listen omfatter alle de sider ved laboratoriets drift som kan inspiseres av teknisk inspektør. Det er imidlertid viktig å avtale arbeidsfordelingen</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> på forhånd med ledende og andre tekniske inspektører.</w:t>
+        <w:t xml:space="preserve">Dette er en sjekkliste som er ment å skulle være til hjelp for tekniske inspektør ved laboratorieinspeksjon. Listen omfatter alle de sider ved </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>laboratoriets drift som kan inspiseres av teknisk inspektør. Det er imidlertid viktig å avtale arbeidsfordelingen på forhånd med ledende og andre tekniske inspektører.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0A7" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0A8" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
-        <w:t>Sjekklisten fungerer som en mal for teknisk inspektørs rapport etter en inspeksjon . Eventuelt kan den renskrives og benyttes direkte. Inspektøren fyller ut ved å angi positive opplysninger om laborat</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">oriets praksis som han/hun har observert og de eventuelle avvik fra OECDs GLP-prinsippene som ble funnet. </w:t>
+        <w:t xml:space="preserve">Sjekklisten fungerer som en mal for teknisk inspektørs rapport etter en </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>inspeksjon .</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Eventuelt kan den renskrives og benyttes direkte. Inspektøren fyller ut ved å angi positive opplysninger om laboratoriets praksis som han/hun har observert og de eventuelle avvik fra OECDs GLP-prinsippene som ble funnet. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidRPr="001615F2" w:rsidP="00FC136F" w14:paraId="287EC0A9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0AA" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0AB" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
@@ -1586,82 +1601,67 @@
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00C5737F" w14:paraId="287EC0C0" w14:textId="22680E3B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Organisasjon og personale </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C5737F" w:rsidR="006415EA">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00C5737F">
-        <w:t>OECD GLP</w:t>
-[...8 lines deleted...]
-        <w:t>pkt. 1.1</w:t>
+        <w:t>OECD GLP-prinsippene pkt. 1.1</w:t>
       </w:r>
       <w:r w:rsidRPr="00C5737F" w:rsidR="006415EA">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0C1" w14:textId="77777777">
       <w:r>
-        <w:t>t</w:t>
-[...2 lines deleted...]
-        <w:t>ilgjengelighet av tilstrekkelig personell</w:t>
+        <w:t>tilgjengelighet av tilstrekkelig personell</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0C2" w14:textId="77777777">
       <w:r>
-        <w:t xml:space="preserve">kvalifikasjoner og erfaring vurdert </w:t>
-[...2 lines deleted...]
-        <w:t>fra CV og i praksis</w:t>
+        <w:t>kvalifikasjoner og erfaring vurdert fra CV og i praksis</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0C3" w14:textId="77777777">
       <w:r>
         <w:t>stillingsbeskrivelser</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0C4" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>generelt kompetansenivå</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0C5" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0C6" w14:textId="77777777">
@@ -1681,77 +1681,65 @@
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0C8" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0C9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00C5737F" w14:paraId="287EC0D3" w14:textId="4E7E8FBC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="006415EA">
         <w:t>Lokaler og miljø</w:t>
       </w:r>
       <w:r w:rsidR="006415EA">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
-        <w:t>OECD GLP</w:t>
-[...8 lines deleted...]
-        <w:t>pkt</w:t>
+        <w:t>OECD GLP-prinsippene pkt</w:t>
       </w:r>
       <w:r w:rsidR="00C5737F">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 3</w:t>
       </w:r>
       <w:r w:rsidR="006415EA">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0D4" w14:textId="77777777">
       <w:r>
-        <w:t>p</w:t>
-[...2 lines deleted...]
-        <w:t>lassforhold (antall rom, størrelse etc.)</w:t>
+        <w:t>plassforhold (antall rom, størrelse etc.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0D5" w14:textId="77777777">
       <w:r>
         <w:t>renhold/renslighet/vedlikehold</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0D6" w14:textId="77777777">
       <w:r>
         <w:t>kontroll av miljøet (temp-reg., fuktighet)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0D7" w14:textId="77777777">
       <w:r>
         <w:t>avfallshåndtering</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0D8" w14:textId="77777777">
       <w:r>
         <w:t>tilfredsstillende atskillelse (dyr, fôr, teststoff etc.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0D9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
@@ -1779,127 +1767,106 @@
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0DC" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0E0" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00C5737F" w14:paraId="287EC0E4" w14:textId="6DE03C84">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Utstyr, materiale og reagenser </w:t>
       </w:r>
       <w:r w:rsidRPr="00C5737F" w:rsidR="00C5737F">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00C5737F">
-        <w:t>OECD GLP</w:t>
-[...8 lines deleted...]
-        <w:t>pkt</w:t>
+        <w:t>OECD GLP-prinsippene pkt</w:t>
       </w:r>
       <w:r w:rsidR="00C5737F">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C5737F">
         <w:t xml:space="preserve"> 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00C5737F" w:rsidR="00C5737F">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0E5" w14:textId="77777777">
       <w:r>
-        <w:t>r</w:t>
-[...2 lines deleted...]
-        <w:t>egelmessig inspeksjon, kalibrering og vedlikehold</w:t>
+        <w:t>regelmessig inspeksjon, kalibrering og vedlikehold</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0E6" w14:textId="77777777">
       <w:r>
         <w:t>merking av reagenser</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0E7" w14:textId="77777777">
       <w:r>
         <w:t>oversikt over EDB utstyr, validering og kontroll av utstyret</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0E8" w14:textId="77777777"/>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0E9" w14:textId="77777777"/>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0EA" w14:textId="77777777"/>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0EB" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0EE" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidRPr="00C5737F" w:rsidP="00C5737F" w14:paraId="287EC0F1" w14:textId="439CB533">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00C5737F">
-        <w:t>Test</w:t>
-[...2 lines deleted...]
-        <w:t>systemer</w:t>
+        <w:t>Testsystemer</w:t>
       </w:r>
       <w:r w:rsidR="00C5737F">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00C5737F">
-        <w:t>OECD GLP</w:t>
-[...5 lines deleted...]
-        <w:t>prinsippene pkt. 5</w:t>
+        <w:t>OECD GLP-prinsippene pkt. 5</w:t>
       </w:r>
       <w:r w:rsidR="00C5737F">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0F2" w14:textId="77777777">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ysikalsk/kjemisk</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0F3" w14:textId="77777777">
       <w:r>
         <w:t>plassering av utstyr for generering av fysikalsk/kjemisk data</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC0F4" w14:textId="77777777">
@@ -1981,193 +1948,169 @@
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC106" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC107" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidRPr="00C5737F" w:rsidP="00C5737F" w14:paraId="287EC10E" w14:textId="2A26C672">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00C5737F">
         <w:t>Test og referansesubstanser</w:t>
       </w:r>
       <w:r w:rsidR="00C5737F">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00C5737F">
-        <w:t>OECD GLP</w:t>
-[...5 lines deleted...]
-        <w:t>prinsippene pkt. 6</w:t>
+        <w:t>OECD GLP-prinsippene pkt. 6</w:t>
       </w:r>
       <w:r w:rsidR="00C5737F">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC10F" w14:textId="77777777">
       <w:r>
-        <w:t>r</w:t>
-[...2 lines deleted...]
-        <w:t>utiner for mottak, behandling, prøvetaking og lagring</w:t>
+        <w:t>rutiner for mottak, behandling, prøvetaking og lagring</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC110" w14:textId="77777777">
       <w:r>
-        <w:t>merking av beholder (identitet, utløpsdato, oppbevaring)</w:t>
+        <w:t xml:space="preserve">merking av beholder (identitet, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>utløpsdato,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> oppbevaring)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC111" w14:textId="77777777">
       <w:r>
         <w:t>dokumentasjon av identitet, konsentrasjon, renhet, sammensetning og stabilitet</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC112" w14:textId="77777777"/>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC113" w14:textId="77777777"/>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC114" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC115" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC11D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00CF2A91" w14:paraId="287EC123" w14:textId="1B182CC8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF2A91">
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Utførelse av forsøk</w:t>
       </w:r>
       <w:r w:rsidR="00CF2A91">
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF2A91">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">OECD </w:t>
+        <w:t>OECD GLP-prinsippene pkt.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2A91">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF2A91">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t>GLP</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CF2A91">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2A91">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t>-</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC124" w14:textId="77777777">
       <w:r>
         <w:t>test metoder (tilgjengelighet)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC125" w14:textId="77777777">
       <w:r>
         <w:t>begrunnelse for valg av testsystem</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC126" w14:textId="77777777">
       <w:r>
         <w:t>karakterisering av testsystem</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC127" w14:textId="77777777">
       <w:r>
         <w:t>administrasjonsmåte</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC128" w14:textId="77777777">
       <w:r>
         <w:t>dosering (frekvens, varighet)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC129" w14:textId="77777777">
       <w:r>
-        <w:t xml:space="preserve">eksperimentell design </w:t>
-[...2 lines deleted...]
-        <w:t>(metoder/prosedyrer/materiale/analyser/målinger/observasjoner/undersøkelser)</w:t>
+        <w:t>eksperimentell design (metoder/prosedyrer/materiale/analyser/målinger/observasjoner/undersøkelser)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC12A" w14:textId="77777777">
       <w:r>
         <w:t>endring i rådata</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC12B" w14:textId="77777777">
       <w:r>
         <w:t>arkivering</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC12C" w14:textId="77777777">
       <w:r>
         <w:t>computer datalagring og sikkerhet</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC12D" w14:textId="77777777">
       <w:r>
         <w:t>validering av datasystemer</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC12E" w14:textId="77777777"/>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC12F" w14:textId="77777777"/>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC130" w14:textId="77777777"/>
@@ -2216,93 +2159,93 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidP="00FC136F" w14:paraId="287EC148" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="CG Times (WN)" w:hAnsi="CG Times (WN)"/>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC136F" w:rsidRPr="003D1663" w:rsidP="00FC136F" w14:paraId="287EC149" w14:textId="77777777"/>
     <w:sectPr w:rsidSect="00B37ADD">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="1418" w:bottom="851" w:left="1418" w:header="851" w:footer="454" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="245"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times (WN)">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9989" w:type="dxa"/>
       <w:tblLook w:val="01E0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2209"/>
       <w:gridCol w:w="1727"/>
       <w:gridCol w:w="1714"/>
       <w:gridCol w:w="2244"/>
       <w:gridCol w:w="2095"/>
     </w:tblGrid>
     <w:tr w14:paraId="287EC159" w14:textId="77777777" w:rsidTr="006F484C">
       <w:tblPrEx>
         <w:tblW w:w="9989" w:type="dxa"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="765"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2209" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="003C2A4E" w:rsidP="003C2A4E" w14:paraId="1B088F57" w14:textId="77777777">
@@ -2352,51 +2295,51 @@
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
             <w:t xml:space="preserve">Versjonsnummer: </w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave \*charformat \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:noProof/>
             </w:rPr>
-            <w:t>5.00</w:t>
+            <w:t>5.01</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
         <w:p w:rsidR="003C2A4E" w:rsidP="003C2A4E" w14:paraId="287EC14E" w14:textId="2E41528C">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1727" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="003C2A4E" w:rsidP="003C2A4E" w14:paraId="26C0F388" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
           </w:pPr>
@@ -2645,65 +2588,65 @@
               <w:lang w:val="nn-NO"/>
             </w:rPr>
             <w:t>XX/XXXX</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="003C2A4E" w:rsidRPr="000F51D8" w:rsidP="003C2A4E" w14:paraId="287EC158" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00A03076" w14:paraId="287EC15A" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:p w:rsidR="007C157B" w:rsidRPr="00721758" w:rsidP="00721758" w14:paraId="287EC14B" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="15B4434F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="86AC1A8C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1410" w:hanging="690"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -2849,215 +2792,217 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1423717411">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1192378598">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="355231332">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1265767239">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1405641040">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="2094890260">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1937515389">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1511794111">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1234857749">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1656954732">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1709840829">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="825168495">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1191994374">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:printFractionalCharacterWidth/>
+  <w:proofState w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="90"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0064502B"/>
     <w:rsid w:val="0001004E"/>
     <w:rsid w:val="00023674"/>
     <w:rsid w:val="00032050"/>
     <w:rsid w:val="000347DC"/>
     <w:rsid w:val="000B7FFE"/>
     <w:rsid w:val="000D1416"/>
     <w:rsid w:val="000D32AA"/>
     <w:rsid w:val="000E7D06"/>
     <w:rsid w:val="000F18A9"/>
     <w:rsid w:val="000F51D8"/>
     <w:rsid w:val="000F7A6F"/>
     <w:rsid w:val="0010161E"/>
     <w:rsid w:val="0011184F"/>
     <w:rsid w:val="00121068"/>
     <w:rsid w:val="00135657"/>
     <w:rsid w:val="00141782"/>
     <w:rsid w:val="0014670F"/>
     <w:rsid w:val="00147C7E"/>
+    <w:rsid w:val="00154C3B"/>
     <w:rsid w:val="001615F2"/>
     <w:rsid w:val="00171C07"/>
     <w:rsid w:val="001810F7"/>
     <w:rsid w:val="001A6149"/>
     <w:rsid w:val="001D6649"/>
     <w:rsid w:val="001F0CD3"/>
     <w:rsid w:val="00201A4A"/>
     <w:rsid w:val="00214499"/>
     <w:rsid w:val="002151F4"/>
     <w:rsid w:val="00225120"/>
     <w:rsid w:val="00226B90"/>
     <w:rsid w:val="0023580B"/>
     <w:rsid w:val="002406DD"/>
     <w:rsid w:val="0024638B"/>
     <w:rsid w:val="00270B0E"/>
     <w:rsid w:val="002922E6"/>
     <w:rsid w:val="002928CF"/>
     <w:rsid w:val="002A5A6A"/>
     <w:rsid w:val="002B7042"/>
     <w:rsid w:val="002D32EE"/>
     <w:rsid w:val="002F020D"/>
     <w:rsid w:val="00322FA7"/>
     <w:rsid w:val="003404D0"/>
     <w:rsid w:val="00341F15"/>
     <w:rsid w:val="00343038"/>
@@ -3104,68 +3049,70 @@
     <w:rsid w:val="005C4EFE"/>
     <w:rsid w:val="005C5A37"/>
     <w:rsid w:val="005D1F81"/>
     <w:rsid w:val="005D27A6"/>
     <w:rsid w:val="005D4AB8"/>
     <w:rsid w:val="005D6DDF"/>
     <w:rsid w:val="005E768F"/>
     <w:rsid w:val="005F15AE"/>
     <w:rsid w:val="005F3A5B"/>
     <w:rsid w:val="006031B9"/>
     <w:rsid w:val="00613377"/>
     <w:rsid w:val="006415EA"/>
     <w:rsid w:val="0064502B"/>
     <w:rsid w:val="00650D9E"/>
     <w:rsid w:val="00654349"/>
     <w:rsid w:val="00677E28"/>
     <w:rsid w:val="0068329D"/>
     <w:rsid w:val="0068618E"/>
     <w:rsid w:val="006A5230"/>
     <w:rsid w:val="006A780B"/>
     <w:rsid w:val="006B3CDC"/>
     <w:rsid w:val="006B5798"/>
     <w:rsid w:val="006C4588"/>
     <w:rsid w:val="006D6741"/>
     <w:rsid w:val="006E0667"/>
+    <w:rsid w:val="006F717E"/>
     <w:rsid w:val="0070106B"/>
     <w:rsid w:val="007029D6"/>
     <w:rsid w:val="00720074"/>
     <w:rsid w:val="00720C00"/>
     <w:rsid w:val="00721758"/>
     <w:rsid w:val="0075180C"/>
     <w:rsid w:val="007618CA"/>
     <w:rsid w:val="00773E5D"/>
     <w:rsid w:val="0077707A"/>
     <w:rsid w:val="00777A70"/>
     <w:rsid w:val="00787315"/>
     <w:rsid w:val="0078769E"/>
     <w:rsid w:val="00794059"/>
     <w:rsid w:val="007B2C56"/>
     <w:rsid w:val="007B466E"/>
     <w:rsid w:val="007C157B"/>
     <w:rsid w:val="007C6FB2"/>
     <w:rsid w:val="007D0861"/>
+    <w:rsid w:val="007E3C33"/>
     <w:rsid w:val="007E3D56"/>
     <w:rsid w:val="007F0C39"/>
     <w:rsid w:val="007F31FF"/>
     <w:rsid w:val="00801417"/>
     <w:rsid w:val="00801DF7"/>
     <w:rsid w:val="00811D01"/>
     <w:rsid w:val="00821A08"/>
     <w:rsid w:val="008248E3"/>
     <w:rsid w:val="00824FF0"/>
     <w:rsid w:val="00852D42"/>
     <w:rsid w:val="00854814"/>
     <w:rsid w:val="0085793F"/>
     <w:rsid w:val="00865AD6"/>
     <w:rsid w:val="008676CA"/>
     <w:rsid w:val="008B2E82"/>
     <w:rsid w:val="008D267C"/>
     <w:rsid w:val="008D3A19"/>
     <w:rsid w:val="008E0958"/>
     <w:rsid w:val="008F3B64"/>
     <w:rsid w:val="009040AD"/>
     <w:rsid w:val="00923547"/>
     <w:rsid w:val="00945092"/>
     <w:rsid w:val="00956209"/>
     <w:rsid w:val="00967597"/>
     <w:rsid w:val="009721C6"/>
@@ -3350,51 +3297,51 @@
     <w:docVar w:name="ek_stikkord" w:val="[]"/>
     <w:docVar w:name="EK_TYPE" w:val="DOK"/>
     <w:docVar w:name="ek_utext2" w:val=" "/>
     <w:docVar w:name="ek_utext3" w:val=" "/>
     <w:docVar w:name="ek_utext4" w:val=" "/>
     <w:docVar w:name="ek_utgave" w:val="4.02"/>
     <w:docVar w:name="ek_utgitt" w:val="01.01.2004"/>
     <w:docVar w:name="ek_verifisert" w:val=" "/>
     <w:docVar w:name="Erstatter" w:val="lab_erstatter"/>
     <w:docVar w:name="KHB" w:val="nei"/>
     <w:docVar w:name="skitten" w:val="0"/>
     <w:docVar w:name="Tittel" w:val="Dette er en Test tittel."/>
   </w:docVars>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w14:docId w14:val="287EC07D"/>
   <w15:docId w15:val="{34D6880E-A897-44AE-BA3F-44160F9B088C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="nb-NO" w:eastAsia="nb-NO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4248,60 +4195,60 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift4Tegn">
     <w:name w:val="Overskrift 4 Tegn"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:rsid w:val="00AE440C"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="1F497D" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift6Tegn">
     <w:name w:val="Overskrift 6 Tegn"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:rsid w:val="00AE440C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /></Relationships>
 </file>
 
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\sro\AppData\Roaming\Microsoft\Templates\operativ.dot" TargetMode="External" /></Relationships>
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\USERS\SRO\APPDATA\ROAMING\MICROSOFT\TEMPLATES\OPERATIV.DOT" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4547,108 +4494,106 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>operativ</Template>
+  <Template>OPERATIV_EK3TEMPDISABLED</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>492</Words>
-  <Characters>2609</Characters>
+  <Words>500</Words>
+  <Characters>2650</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
+  <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tittel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Rapport fra teknisk inspektør GLP laboratorium</vt:lpstr>
       <vt:lpstr>Standard</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Datakvalitet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3095</CharactersWithSpaces>
+  <CharactersWithSpaces>3144</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Rapport fra teknisk inspektør GLP-laboratorium</dc:title>
   <dc:subject>000602|6.2.17|</dc:subject>
   <dc:creator>Handbok</dc:creator>
-  <dc:description>EK_Avdeling_x0002_4_x0002_ _x0003_EK_Avsnitt_x0002_4_x0002_ _x0003_EK_Bedriftsnavn_x0002_1_x0002_Norsk akkreditering_x0003_EK_GjelderFra_x0002_0_x0002_02.01.2017_x0003_EK_Opprettet_x0002_0_x0002_27.03.2013_x0003_EK_Utgitt_x0002_0_x0002_01.01.2004_x0003_EK_IBrukDato_x0002_0_x0002_02.01.2017_x0003_EK_DokumentID_x0002_0_x0002_D00266_x0003_EK_DokTittel_x0002_0_x0002_Rapport fra teknisk inspektør GLP laboratorium_x0003_EK_DokType_x0002_0_x0002_Rapport/Report_x0003_EK_EksRef_x0002_2_x0002_ 0	_x0003_EK_Erstatter_x0002_0_x0002_4.01_x0003_EK_ErstatterD_x0002_0_x0002_18.04.2016_x0003_EK_Signatur_x0002_0_x0002_ICL_x0003_EK_Verifisert_x0002_0_x0002_ _x0003_EK_Hørt_x0002_0_x0002_ _x0003_EK_AuditReview_x0002_2_x0002_ _x0003_EK_AuditApprove_x0002_2_x0002_ _x0003_EK_Gradering_x0002_0_x0002_Åpen_x0003_EK_Gradnr_x0002_4_x0002_0_x0003_EK_Kapittel_x0002_4_x0002_ _x0003_EK_Referanse_x0002_2_x0002_ 0	_x0003_EK_RefNr_x0002_0_x0002_6.2.17_x0003_EK_Revisjon_x0002_0_x0002_4.02_x0003_EK_Ansvarlig_x0002_0_x0002_Saeed Behdad_x0003_EK_SkrevetAv_x0002_0_x0002_SBE_x0003_EK_DokAnsvNavn_x0002_0_x0002_SBE_x0003_EK_UText2_x0002_0_x0002_ _x0003_EK_UText3_x0002_0_x0002_ _x0003_EK_UText4_x0002_0_x0002_ _x0003_EK_Status_x0002_0_x0002_I bruk_x0003_EK_Stikkord_x0002_0_x0002__x0003_EK_Rapport_x0002_3_x0002__x0003_EK_EKPrintMerke_x0002_0_x0002_Uoffisiell utskrift er kun gyldig på utskriftsdato_x0003_EK_Watermark_x0002_0_x0002__x0003_EK_Utgave_x0002_0_x0002_4.02_x0003_EK_Merknad_x0002_7_x0002_Endret heading._x0003_EK_VerLogg_x0002_2_x0002_ _x0003_EK_RF1_x0002_4_x0002_ _x0003_EK_RF2_x0002_4_x0002_ _x0003_EK_RF3_x0002_4_x0002_ _x0003_EK_RF4_x0002_4_x0002_ _x0003_EK_RF5_x0002_4_x0002_ _x0003_EK_RF6_x0002_4_x0002_ _x0003_EK_RF7_x0002_4_x0002_ _x0003_EK_RF8_x0002_4_x0002_ _x0003_EK_RF9_x0002_4_x0002_ _x0003_EK_Mappe1_x0002_4_x0002_ _x0003_EK_Mappe2_x0002_4_x0002_ _x0003_EK_Mappe3_x0002_4_x0002_ _x0003_EK_Mappe4_x0002_4_x0002_ _x0003_EK_Mappe5_x0002_4_x0002_ _x0003_EK_Mappe6_x0002_4_x0002_ _x0003_EK_Mappe7_x0002_4_x0002_ _x0003_EK_Mappe8_x0002_4_x0002_ _x0003_EK_Mappe9_x0002_4_x0002_ _x0003_EK_DL_x0002_0_x0002_17_x0003_EK_GjelderTil_x0002_0_x0002__x0003_EK_Vedlegg_x0002_2_x0002_ 0	_x0003_EK_AvdelingOver_x0002_4_x0002_ _x0003_EK_HRefNr_x0002_0_x0002_ _x0003_EK_HbNavn_x0002_0_x0002_ _x0003_EK_DokRefnr_x0002_4_x0002_000602_x0003_EK_Dokendrdato_x0002_4_x0002_16.04.2016 09:09:53_x0003_EK_HbType_x0002_4_x0002_ _x0003_EK_Offisiell_x0002_4_x0002_ _x0003_EK_VedleggRef_x0002_4_x0002_6.2.17_x0003_EK_Strukt00_x0002_5_x0002__x0005_6_x0005_Dokumenter og skjema / Documents and Forms_x0005_0_x0005_0_x0004_._x0005_2_x0005_NA-S / NA Forms_x0005_0_x0005_0_x0004_/_x0003_EK_Strukt01_x0002_5_x0002__x0003_EK_Pub_x0002_6_x0002_;2;10;1;_x0003_EKR_DokType_x0002_0_x0002_ _x0003_EKR_Doktittel_x0002_0_x0002_ _x0003_EKR_DokumentID_x0002_0_x0002_ _x0003_EKR_RefNr_x0002_0_x0002_ _x0003_EKR_Gradering_x0002_0_x0002_ _x0003_EKR_Signatur_x0002_0_x0002_ _x0003_EKR_Verifisert_x0002_0_x0002_ _x0003_EKR_Hørt_x0002_0_x0002_ _x0003_EKR_AuditReview_x0002_2_x0002_ _x0003_EKR_AuditApprove_x0002_2_x0002_ _x0003_EKR_Dokeier_x0002_0_x0002_ _x0003_EKR_Status_x0002_0_x0002_ _x0003_EKR_Opprettet_x0002_0_x0002_ _x0003_EKR_Endret_x0002_0_x0002_ _x0003_EKR_Ibruk_x0002_0_x0002_ _x0003_EKR_Rapport_x0002_3_x0002_ _x0003_EKR_Utgitt_x0002_0_x0002_ _x0003_EKR_SkrevetAv_x0002_0_x0002_ _x0003_EKR_UText1_x0002_0_x0002_ _x0003_EKR_UText2_x0002_0_x0002_ _x0003_EKR_UText3_x0002_0_x0002_ _x0003_EKR_UText4_x0002_0_x0002_ _x0003_EKR_DokRefnr_x0002_4_x0002_ _x0003_EKR_Gradnr_x0002_4_x0002_ _x0003_EKR_Strukt00_x0002_5_x0002__x0005_6_x0005_Dokumenter og skjema / Documents and Forms_x0005_0_x0005_0_x0004_._x0005_2_x0005_NA-S / NA Forms_x0005_0_x0005_0_x0004_/_x0003_</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category>EK_Avdeling_x0001_EK_Avsnitt_x0001_EK_Bedriftsnavn_x0001_EK_GjelderFra_x0001_EK_Opprettet_x0001_EK_Utgitt_x0001_EK_DokumentID_x0001_EK_DokTittel_x0001_EK_DokType_x0001_EK_EksRef_x0001_EK_Erstatter_x0001_EK_ErstatterD_x0001_EK_Signatur_x0001_EK_Kapittel_x0001_EK_Referanse_x0001_EK_RefNr_x0001_EK_Revisjon_x0001_EK_SkrevetAv_x0001_EK_DokAnsvNavn_x0001_EK_Status_x0001_EK_Stikkord_x0001_EK_Rapport_x0001_EK_EKPrintMerke_x0001_EK_Utgave_x0001_EK_Merknad_x0001_EK_RF1_x0001_EK_RF2_x0001_EK_RF3_x0001_EK_RF4_x0001_EK_RF5_x0001_EK_RF6_x0001_EK_RF7_x0001_EK_RF8_x0001_EK_RF9_x0001_EK_Mappe1_x0001_EK_Mappe2_x0001_EK_Mappe3_x0001_EK_Mappe4_x0001_EK_Mappe5_x0001_EK_Mappe6_x0001_EK_Mappe7_x0001_EK_Mappe8_x0001_EK_Mappe9_x0001_EK_DL_x0001_EK_GjelderTil_x0001_EK_Vedlegg_x0001_EK_AvdelingOver_x0001_EK_HRefNr_x0001_EK_Strukt00_x0001_EK_Strukt01_x0001_</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="EK_Bedriftsnavn">
     <vt:lpwstr>Norsk akkreditering</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="EK_DokTittel">
     <vt:lpwstr>Rapport fra teknisk inspektør GLP-laboratorium</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="EK_DokType">
     <vt:lpwstr>Rapport/Report</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="EK_DokumentID">
     <vt:lpwstr>D00266</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="EK_GjelderFra">
     <vt:lpwstr>11.06.2024</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="EK_Signatur">
     <vt:lpwstr>Pia Backe-Hansen</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="EK_Utgave">
-    <vt:lpwstr>5.00</vt:lpwstr>
+    <vt:lpwstr>5.01</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="EK_Watermark">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>