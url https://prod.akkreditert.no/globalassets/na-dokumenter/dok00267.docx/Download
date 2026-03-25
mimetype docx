--- v0 (2025-11-03)
+++ v1 (2026-03-25)
@@ -9,51 +9,51 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
   <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <!-- Generated by Aspose.Words for .NET 23.5.0 -->
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="71" w:type="dxa"/>
           <w:right w:w="71" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="2551"/>
@@ -70,98 +70,99 @@
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D34D76" w:rsidRPr="0031702A" w:rsidP="0023580B" w14:paraId="3F5B9064" w14:textId="77777777">
+          <w:p w:rsidR="00D34D76" w:rsidRPr="0031702A" w:rsidP="008919C3" w14:paraId="3F5B9064" w14:textId="137CCCFF">
             <w:pPr>
               <w:pStyle w:val="Subtitle"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00643195">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1076260" cy="633095"/>
-[...1 lines deleted...]
-                  <wp:docPr id="1" name="Bilde 1"/>
+                  <wp:extent cx="984250" cy="558198"/>
+                  <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+                  <wp:docPr id="699027644" name="Bilde 2" descr="Et bilde som inneholder Grafikk, skjermbilde, grafisk design, design&#10;&#10;KI-generert innhold kan være feil."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="1" name="Bilde 1"/>
+                          <pic:cNvPr id="699027644" name="Bilde 2" descr="Et bilde som inneholder Grafikk, skjermbilde, grafisk design, design&#10;&#10;KI-generert innhold kan være feil."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5">
+                          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
                             <a:extLst>
                               <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1076260" cy="633095"/>
+                            <a:ext cx="984250" cy="558198"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="0031702A">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
@@ -731,51 +732,51 @@
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>6.00</w:t>
+              <w:t>6.01</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D34D76" w:rsidRPr="001315B2" w:rsidP="00D6441C" w14:paraId="441D62D6" w14:textId="77777777">
@@ -908,84 +909,84 @@
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Toc26275964"/>
             <w:r w:rsidRPr="00AB43A1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Endringer siden forrige versjon</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="7B0FEE46" w14:textId="77777777" w:rsidTr="00AB43A1">
         <w:tblPrEx>
           <w:tblW w:w="9351" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidP="005F0799">
+          <w:p w:rsidR="000109C3" w:rsidP="005F0799" w14:paraId="263E284B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCVARIABLE EK_Merknad </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Endret EK ansvarlig og Godkjenner</w:t>
+              <w:t>Ny NA logo i topptekst.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="005F0799">
               <w:rPr>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="005F0799" w:rsidP="005F0799" w14:paraId="2D34F49C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -1385,51 +1386,60 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00547121" w:rsidRPr="00A67512" w:rsidP="00383AC7" w14:paraId="1E099D30" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A67512">
               <w:rPr>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>No 1: OECD Principles on Good Laboratory Practice</w:t>
+              <w:t xml:space="preserve">No 1: OECD Principles on Good Laboratory </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A67512">
+              <w:rPr>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Practice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="768FCA99" w14:textId="77777777" w:rsidTr="00383AC7">
         <w:tblPrEx>
           <w:tblW w:w="9285" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="01E0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
@@ -1899,51 +1909,51 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="1C4043D3" w14:textId="77777777">
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:t>Jeg anbefaler GLP-samsvar</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1960,51 +1970,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:t>Jeg anbefaler forsøksrevisjonens godkjenning</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
@@ -2018,146 +2028,146 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidP="00547121" w14:paraId="2A79F1B7" w14:textId="77777777">
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:t>Jeg anbefaler utvidelse i GLP omfang</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:t xml:space="preserve">Jeg anbefaler </w:t>
       </w:r>
       <w:r>
         <w:t>status pending</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidP="00547121" w14:paraId="233AC071" w14:textId="77777777"/>
     <w:p w:rsidR="00547121" w:rsidP="00547121" w14:paraId="1FF5630E" w14:textId="77777777">
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:t xml:space="preserve">Jeg anbefaler </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ikke </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:t>GLP-samsvar</w:t>
@@ -2168,51 +2178,51 @@
     </w:p>
     <w:p w:rsidR="00547121" w:rsidP="00547121" w14:paraId="23E5C5D0" w14:textId="77777777"/>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="40E2791B" w14:textId="77777777">
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:t xml:space="preserve">Jeg anbefaler </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ikke </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:t>GLP-samsvar</w:t>
@@ -2265,51 +2275,51 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="785E483F" w14:textId="77777777">
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:t>Jeg innvilger GLP-samsvar</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2326,51 +2336,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:t>Jeg innvilger forsøksrevisjonens godkjenning</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
@@ -2378,97 +2388,97 @@
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="54069F15" w14:textId="77777777"/>
     <w:p w:rsidR="00547121" w:rsidP="00547121" w14:paraId="1D11CEC2" w14:textId="77777777">
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:t xml:space="preserve">Jeg innvilger utvidelse i GLP omfang </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:t xml:space="preserve">Jeg </w:t>
       </w:r>
       <w:r>
         <w:t>innvilger</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:t xml:space="preserve"> </w:t>
@@ -2479,51 +2489,51 @@
     </w:p>
     <w:p w:rsidR="00547121" w:rsidP="00547121" w14:paraId="4F35B20E" w14:textId="77777777"/>
     <w:p w:rsidR="00547121" w:rsidP="00547121" w14:paraId="59FCAB29" w14:textId="77777777">
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:t xml:space="preserve">Jeg </w:t>
       </w:r>
       <w:r>
         <w:t>innvilger</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:t xml:space="preserve"> </w:t>
@@ -2540,51 +2550,51 @@
     </w:p>
     <w:p w:rsidR="00547121" w:rsidP="00547121" w14:paraId="4D3F2932" w14:textId="77777777"/>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="0B1C532F" w14:textId="77777777">
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:t xml:space="preserve">Jeg </w:t>
       </w:r>
       <w:r>
         <w:t>innvilger</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:t xml:space="preserve"> </w:t>
@@ -2734,81 +2744,83 @@
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="4A839BD2" w14:textId="77777777"/>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="35FDB356" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="60D5C13B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F0596B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>GLP-inspeksjonsprosessen</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="0362F038" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="05A64A85" w14:textId="77777777">
       <w:r w:rsidRPr="00F0596B">
         <w:t>Søknad mottatt:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="5785904E" w14:textId="77777777">
       <w:r w:rsidRPr="00F0596B">
         <w:t>Anmodning om GLP- inspeksjon fra regulerende myndighet:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="39FDDED2" w14:textId="77777777">
       <w:r w:rsidRPr="00F0596B">
         <w:t>Forinspeksjonsbesøk gjennomført:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="5B59FA00" w14:textId="77777777">
       <w:r w:rsidRPr="00F0596B">
-        <w:t xml:space="preserve">Ordinær </w:t>
-[...2 lines deleted...]
-        <w:t>inspeksjon/revisjon av forsøk gjennomført:</w:t>
+        <w:t>Ordinær inspeksjon/revisjon av forsøk gjennomført:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="25D8B86E" w14:textId="77777777">
       <w:r w:rsidRPr="00F0596B">
         <w:t>Ev. ekstraordinært tilleggsbesøk gjennomført:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="0628130E" w14:textId="77777777">
       <w:r w:rsidRPr="00F0596B">
         <w:t>Frist for korrigerende tiltak:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="4A6FB150" w14:textId="77777777">
       <w:r w:rsidRPr="00F0596B">
         <w:t xml:space="preserve">Dato for lukking av alle avvik: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidP="00547121" w14:paraId="39F230DD" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="1B497038" w14:textId="77777777">
@@ -3040,57 +3052,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Generell, kort beskrivelse av og referanser til dokumentasjon/besøk etc. som er grunnlag for lukking av avvikene om/hvordan tekniske inspektører har vært involvert, etc</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB6C62">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB6C62">
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Forslag</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB6C62">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">: Alle avvik ble lukket av ledende inspektør på grunnlag av innsendte korrigerende tiltak og </w:t>
-[...5 lines deleted...]
-        <w:t>tilhørende dokumentasjon som bevis på implementering av tiltak. Avvik rapportert av teknisk inspektør ble lukket på bakgrunn av anbefaling om lukking gitt av teknisk bedømmer</w:t>
+        <w:t>: Alle avvik ble lukket av ledende inspektør på grunnlag av innsendte korrigerende tiltak og tilhørende dokumentasjon som bevis på implementering av tiltak. Avvik rapportert av teknisk inspektør ble lukket på bakgrunn av anbefaling om lukking gitt av teknisk bedømmer</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00AB6C62" w:rsidP="00547121" w14:paraId="25709DB5" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="6C5EE60B" w14:textId="77777777"/>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="0FAC242B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>3.3</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
@@ -3132,51 +3138,57 @@
         <w:t xml:space="preserve"> (D00349)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00647849">
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Forslag</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Det anbefalte GLP-omfang er/er ikke i samsvar med søknaden/tidligere GLP-omfang.)</w:t>
+        <w:t xml:space="preserve">Det anbefalte GLP-omfang er/er ikke i samsvar med </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0596B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>søknaden/tidligere GLP-omfang.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="43D67718" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="15A3B893" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="44ECA59C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0596B">
         <w:rPr>
           <w:b/>
@@ -3501,90 +3513,90 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00191BA7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Antall signerte inspektørkontrakter: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00191BA7" w:rsidP="00547121" w14:paraId="173F7AB0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00191BA7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>Antall evalueringer av inspektører:</w:t>
+        <w:t xml:space="preserve">Antall evalueringer av </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191BA7">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>inspektører:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidP="00547121" w14:paraId="795278D1" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidRPr="00F0596B" w:rsidP="00547121" w14:paraId="6BF1E3AF" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>5.4 GLP-rapport med vedlegg</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidP="00547121" w14:paraId="39B890DC" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Søknadsskjema hvis </w:t>
-[...5 lines deleted...]
-        <w:t>relevant (D00755): Ja/Nei</w:t>
+        <w:t>Søknadsskjema hvis relevant (D00755): Ja/Nei</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00547121" w:rsidP="00547121" w14:paraId="789A0B21" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Ekspertiseområder og produktgrupper hvis relevant (D00349): Ja/Nei</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E03FE2" w:rsidP="00547121" w14:paraId="670408ED" w14:textId="729D0A9F">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
@@ -4233,51 +4245,51 @@
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidR="00057172" w:rsidRPr="00657F20" w14:paraId="1232AB03" w14:textId="77777777"/>
     <w:p w:rsidR="005C5A37" w:rsidRPr="00657F20" w14:paraId="3CD75DC5" w14:textId="77777777"/>
     <w:sectPr w:rsidSect="003C7B79">
       <w:headerReference w:type="even" r:id="rId6"/>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="1418" w:bottom="1985" w:left="1418" w:header="851" w:footer="454" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="245"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4294,61 +4306,61 @@
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:p w:rsidR="00C962C2" w14:paraId="7B82B842" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9989" w:type="dxa"/>
       <w:tblLook w:val="01E0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2209"/>
       <w:gridCol w:w="1727"/>
       <w:gridCol w:w="1714"/>
       <w:gridCol w:w="2244"/>
       <w:gridCol w:w="2095"/>
     </w:tblGrid>
     <w:tr w14:paraId="66ADB782" w14:textId="77777777" w:rsidTr="00772908">
       <w:tblPrEx>
         <w:tblW w:w="9989" w:type="dxa"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="765"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2209" w:type="dxa"/>
           <w:hideMark/>
         </w:tcPr>
@@ -4379,51 +4391,51 @@
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
         <w:p w:rsidR="00C72BA9" w14:paraId="045837D5" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Versjonsnummer: </w:t>
           </w:r>
           <w:r w:rsidR="00C572D7">
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave \*charformat \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidR="00C572D7">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00C572D7">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
-            <w:t>6.00</w:t>
+            <w:t>6.01</w:t>
           </w:r>
           <w:r w:rsidR="00C572D7">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1727" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="000D591A" w14:paraId="476291C3" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Godkjent av: </w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Signatur \*charformat \* MERGEFORMAT </w:instrText>
@@ -4583,51 +4595,51 @@
               <w:lang w:val="nn-NO"/>
             </w:rPr>
             <w:t>)</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="000D591A" w14:paraId="477ECDE5" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="007553AC" w14:paraId="3165F6F4" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9989" w:type="dxa"/>
       <w:tblLook w:val="01E0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2209"/>
       <w:gridCol w:w="3178"/>
       <w:gridCol w:w="263"/>
       <w:gridCol w:w="2244"/>
       <w:gridCol w:w="2095"/>
     </w:tblGrid>
     <w:tr w14:paraId="4399FCBD" w14:textId="77777777" w:rsidTr="00C71C65">
       <w:tblPrEx>
         <w:tblW w:w="9989" w:type="dxa"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="765"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2209" w:type="dxa"/>
           <w:hideMark/>
         </w:tcPr>
@@ -4670,51 +4682,51 @@
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:t>Versjonsn</w:t>
           </w:r>
           <w:r w:rsidR="00120F67">
             <w:t>umme</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve">r: </w:t>
           </w:r>
           <w:r w:rsidR="00C572D7">
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave \*charformat \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidR="00C572D7">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00C572D7">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
-            <w:t>6.00</w:t>
+            <w:t>6.01</w:t>
           </w:r>
           <w:r w:rsidR="00C572D7">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3178" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="0084014D" w:rsidP="0084014D" w14:paraId="51FF241C" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Godkjent av: </w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Signatur \*charformat \* MERGEFORMAT </w:instrText>
@@ -4884,61 +4896,61 @@
             <w:t>)</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="0084014D" w:rsidP="0084014D" w14:paraId="0BC299FC" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="0084014D" w14:paraId="0581AE3D" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:bookmarkStart w:id="1" w:name="tempHer"/>
     <w:bookmarkEnd w:id="1"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:p w:rsidR="00C962C2" w14:paraId="6F150B71" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9214" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="71" w:type="dxa"/>
         <w:right w:w="71" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2551"/>
       <w:gridCol w:w="3400"/>
       <w:gridCol w:w="3263"/>
     </w:tblGrid>
     <w:tr w14:paraId="24E9C377" w14:textId="77777777" w:rsidTr="001C1E8E">
       <w:tblPrEx>
@@ -5446,51 +5458,51 @@
               <w:sz w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000080"/>
               <w:sz w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000080"/>
               <w:sz w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
-            <w:t>6.00</w:t>
+            <w:t>6.01</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000080"/>
               <w:sz w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3263" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00C72BA9" w:rsidRPr="00D34D76" w:rsidP="003D25ED" w14:paraId="17ACEF66" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:pPr>
@@ -5590,61 +5602,61 @@
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000080"/>
               <w:sz w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00EE5997" w:rsidP="001C1E8E" w14:paraId="30C31C82" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:p w:rsidR="00C962C2" w14:paraId="6BD12479" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="15B4434F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="86AC1A8C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1410" w:hanging="690"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -6020,202 +6032,203 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="605239174">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1767773380">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1832746500">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1433088506">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1008680391">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1401754367">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1343509764">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1497724162">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1652564104">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="661547112">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="548034804">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="281545460">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1126587968">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="2018535840">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1250502274">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1522938281">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1418213258">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1435631988">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1360742529">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="749230393">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1121150038">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="333846471">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1816413913">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="797533984">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1763260241">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="456262177">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1838300672">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="483592296">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="317611782">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1642423547">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1026322882">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="881215131">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:printFractionalCharacterWidth/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="90"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0064502B"/>
     <w:rsid w:val="0001004E"/>
+    <w:rsid w:val="000109C3"/>
     <w:rsid w:val="0001454D"/>
     <w:rsid w:val="00023674"/>
     <w:rsid w:val="000347DC"/>
     <w:rsid w:val="00057172"/>
     <w:rsid w:val="00081D2C"/>
     <w:rsid w:val="0009260C"/>
     <w:rsid w:val="00094007"/>
     <w:rsid w:val="000B7FFE"/>
     <w:rsid w:val="000D32AA"/>
     <w:rsid w:val="000D591A"/>
     <w:rsid w:val="000E1CFC"/>
     <w:rsid w:val="000E7D06"/>
     <w:rsid w:val="000F7A6F"/>
     <w:rsid w:val="0010161E"/>
     <w:rsid w:val="0011184F"/>
     <w:rsid w:val="00120F67"/>
     <w:rsid w:val="001315B2"/>
     <w:rsid w:val="00135D65"/>
     <w:rsid w:val="00141782"/>
     <w:rsid w:val="0014670F"/>
     <w:rsid w:val="00162D38"/>
     <w:rsid w:val="0017035C"/>
     <w:rsid w:val="001837C0"/>
     <w:rsid w:val="00191999"/>
     <w:rsid w:val="00191BA7"/>
@@ -6313,58 +6326,60 @@
     <w:rsid w:val="006A780B"/>
     <w:rsid w:val="006B3CDC"/>
     <w:rsid w:val="006C4588"/>
     <w:rsid w:val="006D6436"/>
     <w:rsid w:val="006D6741"/>
     <w:rsid w:val="006E0667"/>
     <w:rsid w:val="006F7183"/>
     <w:rsid w:val="0070106B"/>
     <w:rsid w:val="00720074"/>
     <w:rsid w:val="007233B3"/>
     <w:rsid w:val="00731E17"/>
     <w:rsid w:val="007428EA"/>
     <w:rsid w:val="007553AC"/>
     <w:rsid w:val="00772908"/>
     <w:rsid w:val="00773E5D"/>
     <w:rsid w:val="00775D2D"/>
     <w:rsid w:val="00777A70"/>
     <w:rsid w:val="00786CF3"/>
     <w:rsid w:val="00787315"/>
     <w:rsid w:val="0078769E"/>
     <w:rsid w:val="00794059"/>
     <w:rsid w:val="007B466E"/>
     <w:rsid w:val="007C3D0A"/>
     <w:rsid w:val="007C6FB2"/>
     <w:rsid w:val="007E0AF3"/>
+    <w:rsid w:val="007E3C33"/>
     <w:rsid w:val="007E3D56"/>
     <w:rsid w:val="00801417"/>
     <w:rsid w:val="00824FF0"/>
     <w:rsid w:val="0084014D"/>
     <w:rsid w:val="008477C4"/>
     <w:rsid w:val="00854814"/>
     <w:rsid w:val="0085793F"/>
     <w:rsid w:val="0087074C"/>
+    <w:rsid w:val="008919C3"/>
     <w:rsid w:val="008C5E6E"/>
     <w:rsid w:val="008D267C"/>
     <w:rsid w:val="008E0958"/>
     <w:rsid w:val="008F243D"/>
     <w:rsid w:val="008F3B64"/>
     <w:rsid w:val="009024E3"/>
     <w:rsid w:val="00904BCE"/>
     <w:rsid w:val="009203D8"/>
     <w:rsid w:val="00923547"/>
     <w:rsid w:val="0093716C"/>
     <w:rsid w:val="00945092"/>
     <w:rsid w:val="00956209"/>
     <w:rsid w:val="00960CB6"/>
     <w:rsid w:val="00961235"/>
     <w:rsid w:val="00970B1E"/>
     <w:rsid w:val="009721C6"/>
     <w:rsid w:val="009732ED"/>
     <w:rsid w:val="0097346A"/>
     <w:rsid w:val="00977D4C"/>
     <w:rsid w:val="00995B4E"/>
     <w:rsid w:val="009C770D"/>
     <w:rsid w:val="009F325C"/>
     <w:rsid w:val="009F693B"/>
     <w:rsid w:val="00A020D1"/>
     <w:rsid w:val="00A229AD"/>
@@ -6504,89 +6519,89 @@
     <w:docVar w:name="ek_ansvarlig" w:val="[EK-Ansvarlig]"/>
     <w:docVar w:name="ek_bedriftsnavn" w:val="Norsk akkreditering"/>
     <w:docVar w:name="ek_dbfields" w:val="EK_Avdeling¤2#4¤2#[Avdeling]¤3#EK_Avsnitt¤2#4¤2#[Avsnitt]¤3#EK_Bedriftsnavn¤2#1¤2#Norsk akkreditering¤3#EK_GjelderFra¤2#0¤2#[GjelderFra]¤3#EK_KlGjelderFra¤2#0¤2#[KlGjelderFra]¤3#EK_Opprettet¤2#0¤2#[Opprettet]¤3#EK_Utgitt¤2#0¤2#[Utgitt]¤3#EK_IBrukDato¤2#0¤2#[Endret]¤3#EK_DokumentID¤2#0¤2#[ID]¤3#EK_DokTittel¤2#0¤2#Standard mal uten innholdsfortegnelse¤3#EK_DokType¤2#0¤2#[DokType]¤3#EK_DocLvlShort¤2#0¤2#[DokNivåKort]¤3#EK_DocLevel¤2#0¤2#[DokNivå]¤3#EK_EksRef¤2#2¤2#EksRef_Layout¤3#EK_Erstatter¤2#0¤2#[Erstatter]¤3#EK_ErstatterD¤2#0¤2#[ErstatterD]¤3#EK_Signatur¤2#0¤2#[Signatur]¤3#EK_Verifisert¤2#0¤2#[Verifisert av]¤3#EK_Hørt¤2#0¤2#[Hørt av]¤3#EK_AuditReview¤2#2¤2#;[Signaturliste];¤3#EK_AuditApprove¤2#2¤2#;[Signaturliste];¤3#EK_Gradering¤2#0¤2#[Gradering]¤3#EK_Gradnr¤2#4¤2#[Gradnr]¤3#EK_Kapittel¤2#4¤2#[Kapittel]¤3#EK_Referanse¤2#2¤2#Ref_Layout¤3#EK_RefNr¤2#0¤2#[RefNr]¤3#EK_Revisjon¤2#0¤2#[Rev]¤3#EK_Ansvarlig¤2#0¤2#[EK-Ansvarlig]¤3#EK_UText0¤2#0¤2#[Forfatter]¤3#EK_UText1¤2#0¤2#[Dok.ansvarlig]¤3#EK_UText2¤2#0¤2#[]¤3#EK_UText3¤2#0¤2#[UText3]¤3#EK_UText4¤2#0¤2#[UText4]¤3#EK_Status¤2#0¤2#[Status]¤3#EK_Stikkord¤2#0¤2#[Stikkord]¤3#EK_SuperStikkord¤2#0¤2#[SuperStikkord]¤3#EK_Rapport¤2#3¤2#[Tilknyttet rapport]¤3#EK_EKPrintMerke¤2#0¤2#Uoffisiell utskrift er kun gyldig på utskriftsdato¤3#EK_Watermark¤2#0¤2#Vannmerke¤3#EK_Utgave¤2#0¤2#[Ver]¤3#EK_Merknad¤2#7¤2#[Merknad]¤3#EK_VerLogg¤2#2¤2#[Versjonslogg]¤3#EK_RF1¤2#4¤2#[RF1]¤3#EK_RF2¤2#4¤2#[RF2]¤3#EK_RF3¤2#4¤2#[RF3]¤3#EK_RF4¤2#4¤2#[RF4]¤3#EK_RF5¤2#4¤2#[RF5]¤3#EK_RF6¤2#4¤2#[RF6]¤3#EK_RF7¤2#4¤2#[RF7]¤3#EK_RF8¤2#4¤2#[RF8]¤3#EK_RF9¤2#4¤2#[RF9]¤3#EK_Mappe1¤2#4¤2#[Mappe1]¤3#EK_Mappe2¤2#4¤2#[Mappe2]¤3#EK_Mappe3¤2#4¤2#[Mappe3]¤3#EK_Mappe4¤2#4¤2#[Mappe4]¤3#EK_Mappe5¤2#4¤2#[Mappe5]¤3#EK_Mappe6¤2#4¤2#[Mappe6]¤3#EK_Mappe7¤2#4¤2#[Mappe7]¤3#EK_Mappe8¤2#4¤2#[Mappe8]¤3#EK_Mappe9¤2#4¤2#[Mappe9]¤3#EK_DL¤2#0¤2#[dl]¤3#EK_GjelderTil¤2#0¤2#[GyldigTil]¤3#EK_Vedlegg¤2#2¤2#Ref_Layout¤3#EK_AvdelingOver¤2#4¤2#[AvdelingOver]¤3#EK_HRefNr¤2#0¤2#[HRefnr]¤3#EK_HbNavn¤2#0¤2#[HbNavn]¤3#EK_DokRefnr¤2#4¤2#¤3#EK_Dokendrdato¤2#4¤2#¤3#EK_HbType¤2#4¤2#¤3#EK_Offisiell¤2#4¤2#¤3#EK_VedleggRef¤2#4¤2#¤3#EK_Strukt00¤2#5¤2#[Strukturfelt]¤3#EK_Strukt01¤2#5¤2#[Strukturfelt]¤3#EK_Pub¤2#6¤2#¤3#EKR_DokType¤2#0¤2#[ResType]¤3#EKR_Doktittel¤2#0¤2#[ResTittel]¤3#EKR_DokumentID¤2#0¤2#[ResId]¤3#EKR_RefNr¤2#0¤2#[ResRefNr]¤3#EKR_Gradering¤2#0¤2#[ResGrad]¤3#EKR_Signatur¤2#0¤2#[ResSign]¤3#EKR_Verifisert¤2#0¤2#[Verifisert av]¤3#EKR_Hørt¤2#0¤2#[Hørt av]¤3#EKR_AuditReview¤2#2¤2#;[Signaturliste];¤3#EKR_AuditApprove¤2#2¤2#;[Signaturliste];¤3#EKR_AuditFinal¤2#2¤2#;[Signaturliste];¤3#EKR_Dokeier¤2#0¤2#[ResEier]¤3#EKR_Status¤2#0¤2#[ResStat]¤3#EKR_Opprettet¤2#0¤2#[ResOppr]¤3#EKR_Endret¤2#0¤2#[ResEndret]¤3#EKR_Ibruk¤2#0¤2#[ResIBruk]¤3#EKR_Rapport¤2#3¤2#[Tilknyttet rapport]¤3#EKR_Utgitt¤2#0¤2#[ResUtfylt]¤3#EKR_SkrevetAv¤2#0¤2#[Utfylt av]¤3#EKR_UText1¤2#0¤2#[]¤3#EKR_UText2¤2#0¤2#[]¤3#EKR_UText3¤2#0¤2#[RESUText3]¤3#EKR_UText4¤2#0¤2#[RESUText4]¤3#EKR_DokRefnr¤2#4¤2#¤3#EKR_Gradnr¤2#4¤2#¤3#EKR_Strukt00¤2#5¤2#[ ]¤3#"/>
     <w:docVar w:name="ek_dl" w:val="[dl]"/>
     <w:docVar w:name="ek_doclevel" w:val="[DokNivå]"/>
     <w:docVar w:name="ek_doclvlshort" w:val="[DokNivåKort]"/>
     <w:docVar w:name="ek_dokansvnavn" w:val="[Dok.ansvarlig]"/>
     <w:docVar w:name="ek_doktittel" w:val="Standard mal uten innholdsfortegnelse"/>
     <w:docVar w:name="ek_doktype" w:val="[DokType]"/>
     <w:docVar w:name="ek_dokumentid" w:val="[ID]"/>
     <w:docVar w:name="ek_editprotect" w:val="-1"/>
     <w:docVar w:name="ek_ekprintmerke" w:val="Uoffisiell utskrift er kun gyldig på utskriftsdato"/>
     <w:docVar w:name="ek_eksref" w:val="[EK_EksRef]"/>
     <w:docVar w:name="ek_endrfields" w:val="EK_Rapport¤1#"/>
     <w:docVar w:name="ek_erstatter" w:val="[Erstatter]"/>
     <w:docVar w:name="ek_erstatterd" w:val="[ErstatterD]"/>
     <w:docVar w:name="ek_format" w:val="-10"/>
     <w:docVar w:name="ek_gjelderfra" w:val="[GjelderFra]"/>
     <w:docVar w:name="ek_gjeldertil" w:val="[GyldigTil]"/>
     <w:docVar w:name="ek_gradering" w:val="[Gradering]"/>
     <w:docVar w:name="ek_hbnavn" w:val="[HbNavn]"/>
     <w:docVar w:name="ek_hrefnr" w:val="[HRefnr]"/>
     <w:docVar w:name="ek_hørt" w:val="[Hørt av]"/>
     <w:docVar w:name="ek_ibrukdato" w:val="[Endret]"/>
     <w:docVar w:name="ek_klgjelderfra" w:val="[KlGjelderFra]"/>
-    <w:docVar w:name="ek_merknad" w:val="Endret EK ansvarlig og Godkjenner"/>
+    <w:docVar w:name="ek_merknad" w:val="Ny NA logo i topptekst."/>
     <w:docVar w:name="ek_opprettet" w:val="[Opprettet]"/>
     <w:docVar w:name="EK_Protection" w:val="-1"/>
     <w:docVar w:name="ek_rapport" w:val="[Tilknyttet rapport]"/>
     <w:docVar w:name="ek_refnr" w:val="[RefNr]"/>
     <w:docVar w:name="ek_revisjon" w:val="[Rev]"/>
     <w:docVar w:name="ek_signatur" w:val="[Signatur]"/>
     <w:docVar w:name="ek_skrevetav" w:val="[Forfatter]"/>
     <w:docVar w:name="ek_status" w:val="[Status]"/>
     <w:docVar w:name="ek_stikkord" w:val="[Stikkord]"/>
     <w:docVar w:name="ek_superstikkord" w:val="[SuperStikkord]"/>
     <w:docVar w:name="EK_TYPE" w:val="MAL"/>
     <w:docVar w:name="ek_utext0" w:val="[Forfatter]"/>
     <w:docVar w:name="ek_utext1" w:val="[Dok.ansvarlig]"/>
     <w:docVar w:name="ek_utext2" w:val="[]"/>
     <w:docVar w:name="ek_utext3" w:val="[UText3]"/>
     <w:docVar w:name="ek_utext4" w:val="[UText4]"/>
     <w:docVar w:name="ek_utgave" w:val="[Ver]"/>
     <w:docVar w:name="ek_utgitt" w:val="[Utgitt]"/>
     <w:docVar w:name="ek_verifisert" w:val="[Verifisert av]"/>
     <w:docVar w:name="ek_watermark" w:val="Vannmerke"/>
     <w:docVar w:name="Erstatter" w:val="lab_erstatter"/>
     <w:docVar w:name="KHB" w:val="nei"/>
     <w:docVar w:name="skitten" w:val="0"/>
     <w:docVar w:name="Tittel" w:val="Dette er en Test tittel."/>
   </w:docVars>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w14:docId w14:val="14642DA6"/>
   <w15:docId w15:val="{0E782F81-9D3C-4C97-BFAD-30689B42CDFB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="nb-NO" w:eastAsia="nb-NO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7580,51 +7595,51 @@
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00547121"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\USERS\BBH\APPDATA\ROAMING\MICROSOFT\TEMPLATES\OPERATIV.DOT" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -7919,109 +7934,107 @@
   <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </we:webextension>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{833E5A86-FAEF-4C4F-B73B-16FFDACA89F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>OPERATIV_EK3TEMPDISABLED</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>843</Words>
-  <Characters>6226</Characters>
+  <Characters>6171</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tittel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Standard mal uten innholdsfortegnelse</vt:lpstr>
       <vt:lpstr>Standard</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Datakvalitet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7055</CharactersWithSpaces>
+  <CharactersWithSpaces>7001</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>GLP-rapport</dc:title>
   <dc:subject>Standard mal uten innholdsfortegnelse|[RefNr]|</dc:subject>
   <dc:creator>Handbok</dc:creator>
-  <dc:description>EK_Avdeling_x0002_4_x0002_[Avdeling]_x0003_EK_Avsnitt_x0002_4_x0002_[Avsnitt]_x0003_EK_Bedriftsnavn_x0002_1_x0002_Norsk akkreditering_x0003_EK_GjelderFra_x0002_0_x0002_[GjelderFra]_x0003_EK_KlGjelderFra_x0002_0_x0002_[KlGjelderFra]_x0003_EK_Opprettet_x0002_0_x0002_[Opprettet]_x0003_EK_Utgitt_x0002_0_x0002_[Utgitt]_x0003_EK_IBrukDato_x0002_0_x0002_[Endret]_x0003_EK_DokumentID_x0002_0_x0002_[ID]_x0003_EK_DokTittel_x0002_0_x0002_Standard mal uten innholdsfortegnelse_x0003_EK_DokType_x0002_0_x0002_[DokType]_x0003_EK_DocLvlShort_x0002_0_x0002_[DokNivåKort]_x0003_EK_DocLevel_x0002_0_x0002_[DokNivå]_x0003_EK_EksRef_x0002_2_x0002_EksRef_Layout_x0003_EK_Erstatter_x0002_0_x0002_[Erstatter]_x0003_EK_ErstatterD_x0002_0_x0002_[ErstatterD]_x0003_EK_Signatur_x0002_0_x0002_[Signatur]_x0003_EK_Verifisert_x0002_0_x0002_[Verifisert av]_x0003_EK_Hørt_x0002_0_x0002_[Hørt av]_x0003_EK_AuditReview_x0002_2_x0002_;[Signaturliste];_x0003_EK_AuditApprove_x0002_2_x0002_;[Signaturliste];_x0003_EK_Gradering_x0002_0_x0002_[Gradering]_x0003_EK_Gradnr_x0002_4_x0002_[Gradnr]_x0003_EK_Kapittel_x0002_4_x0002_[Kapittel]_x0003_EK_Referanse_x0002_2_x0002_Ref_Layout_x0003_EK_RefNr_x0002_0_x0002_[RefNr]_x0003_EK_Revisjon_x0002_0_x0002_[Rev]_x0003_EK_Ansvarlig_x0002_0_x0002_[EK-Ansvarlig]_x0003_EK_UText0_x0002_0_x0002_[Forfatter]_x0003_EK_UText1_x0002_0_x0002_[Dok.ansvarlig]_x0003_EK_UText2_x0002_0_x0002_[]_x0003_EK_UText3_x0002_0_x0002_[UText3]_x0003_EK_UText4_x0002_0_x0002_[UText4]_x0003_EK_Status_x0002_0_x0002_[Status]_x0003_EK_Stikkord_x0002_0_x0002_[Stikkord]_x0003_EK_SuperStikkord_x0002_0_x0002_[SuperStikkord]_x0003_EK_Rapport_x0002_3_x0002_[Tilknyttet rapport]_x0003_EK_EKPrintMerke_x0002_0_x0002_Uoffisiell utskrift er kun gyldig på utskriftsdato_x0003_EK_Watermark_x0002_0_x0002_Vannmerke_x0003_EK_Utgave_x0002_0_x0002_[Ver]_x0003_EK_Merknad_x0002_7_x0002_[Merknad]_x0003_EK_VerLogg_x0002_2_x0002_[Versjonslogg]_x0003_EK_RF1_x0002_4_x0002_[RF1]_x0003_EK_RF2_x0002_4_x0002_[RF2]_x0003_EK_RF3_x0002_4_x0002_[RF3]_x0003_EK_RF4_x0002_4_x0002_[RF4]_x0003_EK_RF5_x0002_4_x0002_[RF5]_x0003_EK_RF6_x0002_4_x0002_[RF6]_x0003_EK_RF7_x0002_4_x0002_[RF7]_x0003_EK_RF8_x0002_4_x0002_[RF8]_x0003_EK_RF9_x0002_4_x0002_[RF9]_x0003_EK_Mappe1_x0002_4_x0002_[Mappe1]_x0003_EK_Mappe2_x0002_4_x0002_[Mappe2]_x0003_EK_Mappe3_x0002_4_x0002_[Mappe3]_x0003_EK_Mappe4_x0002_4_x0002_[Mappe4]_x0003_EK_Mappe5_x0002_4_x0002_[Mappe5]_x0003_EK_Mappe6_x0002_4_x0002_[Mappe6]_x0003_EK_Mappe7_x0002_4_x0002_[Mappe7]_x0003_EK_Mappe8_x0002_4_x0002_[Mappe8]_x0003_EK_Mappe9_x0002_4_x0002_[Mappe9]_x0003_EK_DL_x0002_0_x0002_[dl]_x0003_EK_GjelderTil_x0002_0_x0002_[GyldigTil]_x0003_EK_Vedlegg_x0002_2_x0002_Ref_Layout_x0003_EK_AvdelingOver_x0002_4_x0002_[AvdelingOver]_x0003_EK_HRefNr_x0002_0_x0002_[HRefnr]_x0003_EK_HbNavn_x0002_0_x0002_[HbNavn]_x0003_EK_DokRefnr_x0002_4_x0002__x0003_EK_Dokendrdato_x0002_4_x0002__x0003_EK_HbType_x0002_4_x0002__x0003_EK_Offisiell_x0002_4_x0002__x0003_EK_VedleggRef_x0002_4_x0002__x0003_EK_Strukt00_x0002_5_x0002_[Strukturfelt]_x0003_EK_Strukt01_x0002_5_x0002_[Strukturfelt]_x0003_EK_Pub_x0002_6_x0002__x0003_EKR_DokType_x0002_0_x0002_[ResType]_x0003_EKR_Doktittel_x0002_0_x0002_[ResTittel]_x0003_EKR_DokumentID_x0002_0_x0002_[ResId]_x0003_EKR_RefNr_x0002_0_x0002_[ResRefNr]_x0003_EKR_Gradering_x0002_0_x0002_[ResGrad]_x0003_EKR_Signatur_x0002_0_x0002_[ResSign]_x0003_EKR_Verifisert_x0002_0_x0002_[Verifisert av]_x0003_EKR_Hørt_x0002_0_x0002_[Hørt av]_x0003_EKR_AuditReview_x0002_2_x0002_;[Signaturliste];_x0003_EKR_AuditApprove_x0002_2_x0002_;[Signaturliste];_x0003_EKR_AuditFinal_x0002_2_x0002_;[Signaturliste];_x0003_EKR_Dokeier_x0002_0_x0002_[ResEier]_x0003_EKR_Status_x0002_0_x0002_[ResStat]_x0003_EKR_Opprettet_x0002_0_x0002_[ResOppr]_x0003_EKR_Endret_x0002_0_x0002_[ResEndret]_x0003_EKR_Ibruk_x0002_0_x0002_[ResIBruk]_x0003_EKR_Rapport_x0002_3_x0002_[Tilknyttet rapport]_x0003_EKR_Utgitt_x0002_0_x0002_[ResUtfylt]_x0003_EKR_SkrevetAv_x0002_0_x0002_[Utfylt av]_x0003_EKR_UText1_x0002_0_x0002_[]_x0003_EKR_UText2_x0002_0_x0002_[]_x0003_EKR_UText3_x0002_0_x0002_[RESUText3]_x0003_EKR_UText4_x0002_0_x0002_[RESUText4]_x0003_EKR_DokRefnr_x0002_4_x0002__x0003_EKR_Gradnr_x0002_4_x0002__x0003_EKR_Strukt00_x0002_5_x0002_[ ]_x0003_</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category>EK_Avdeling_x0001_EK_Avsnitt_x0001_EK_Bedriftsnavn_x0001_EK_GjelderFra_x0001_EK_Opprettet_x0001_EK_Utgitt_x0001_EK_DokumentID_x0001_EK_DokTittel_x0001_EK_DokType_x0001_EK_EksRef_x0001_EK_Erstatter_x0001_EK_ErstatterD_x0001_EK_Signatur_x0001_EK_Kapittel_x0001_EK_Referanse_x0001_EK_RefNr_x0001_EK_Revisjon_x0001_EK_SkrevetAv_x0001_EK_DokAnsvNavn_x0001_EK_Status_x0001_EK_Stikkord_x0001_EK_Rapport_x0001_EK_EKPrintMerke_x0001_EK_Utgave_x0001_EK_Merknad_x0001_EK_RF1_x0001_EK_RF2_x0001_EK_RF3_x0001_EK_RF4_x0001_EK_RF5_x0001_EK_RF6_x0001_EK_RF7_x0001_EK_RF8_x0001_EK_RF9_x0001_EK_Mappe1_x0001_EK_Mappe2_x0001_EK_Mappe3_x0001_EK_Mappe4_x0001_EK_Mappe5_x0001_EK_Mappe6_x0001_EK_Mappe7_x0001_EK_Mappe8_x0001_EK_Mappe9_x0001_EK_DL_x0001_EK_GjelderTil_x0001_EK_Vedlegg_x0001_EK_AvdelingOver_x0001_EK_HRefNr_x0001_EK_Strukt00_x0001_EK_Strukt01_x0001_</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="EK_DokTittel">
     <vt:lpwstr>GLP-rapport</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="EK_DokType">
     <vt:lpwstr>Rapport/Report</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="EK_DokumentID">
     <vt:lpwstr>D00267</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="EK_GjelderFra">
     <vt:lpwstr>11.06.2024</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="EK_Merknad">
     <vt:lpwstr>I kap 3.3 inkludert i hjelpetekst at GLP-omfang er bekreftet ved signatur av oppsummeringsrapport
 I kap 5.4 inkludert "Oppsummeringsrapport signert av LI og GLP-organisasjon"
 Forlenget gyldighet til 25.02.2026</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="EK_Signatur">
     <vt:lpwstr>Pia Backe-Hansen</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="EK_Utgave">
-    <vt:lpwstr>6.00</vt:lpwstr>
+    <vt:lpwstr>6.01</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="EK_Watermark">
     <vt:lpwstr>Vannmerke</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GrammarlyDocumentId">
     <vt:lpwstr>6085458ad04b318d33ebf1e17341ffbbe26f464f150bf852a756bb74119d6096</vt:lpwstr>
   </property>
 </Properties>
 </file>