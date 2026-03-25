--- v0 (2025-11-03)
+++ v1 (2026-03-25)
@@ -1,174 +1,166 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <!-- Generated by Aspose.Words for .NET 23.5.0 -->
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:tblInd w:w="-15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="71" w:type="dxa"/>
           <w:right w:w="71" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1844"/>
         <w:gridCol w:w="2553"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1277"/>
       </w:tblGrid>
-      <w:tr w14:paraId="5120CAD5" w14:textId="77777777" w:rsidTr="00162B2A">
+      <w:tr w14:paraId="6BB72175" w14:textId="77777777" w:rsidTr="00162B2A">
         <w:tblPrEx>
           <w:tblW w:w="9360" w:type="dxa"/>
           <w:tblInd w:w="-15" w:type="dxa"/>
           <w:tblBorders>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="808080"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00162B2A" w:rsidRPr="00162B2A" w14:paraId="08BAF9A6" w14:textId="77777777">
+          <w:p w:rsidR="00162B2A" w:rsidRPr="00162B2A" w14:paraId="6BB72172" w14:textId="079A0F2A">
             <w:pPr>
               <w:pStyle w:val="Subtitle"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="tempHer"/>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00643195">
+              <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1071880" cy="634365"/>
-[...1 lines deleted...]
-                  <wp:docPr id="2" name="Bilde 2"/>
+                  <wp:extent cx="984250" cy="558198"/>
+                  <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+                  <wp:docPr id="699027644" name="Bilde 2" descr="Et bilde som inneholder Grafikk, skjermbilde, grafisk design, design&#10;&#10;KI-generert innhold kan være feil."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="2" name="Bilde 1"/>
+                          <pic:cNvPr id="699027644" name="Bilde 2" descr="Et bilde som inneholder Grafikk, skjermbilde, grafisk design, design&#10;&#10;KI-generert innhold kan være feil."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5">
+                          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
                             <a:extLst>
                               <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1071880" cy="634365"/>
+                            <a:ext cx="984250" cy="558198"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="00162B2A">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00162B2A">
@@ -182,3450 +174,3461 @@
             <w:r w:rsidRPr="00162B2A">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00162B2A" w:rsidRPr="00162B2A" w14:paraId="0807F7B3" w14:textId="77777777">
+          <w:p w:rsidR="00162B2A" w:rsidRPr="00422CBC" w14:paraId="6BB72173" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Norskakkreditering"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
-                <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00162B2A">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
             </w:r>
-            <w:r w:rsidRPr="00162B2A">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000080"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY EK_DokTittel </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00422CBC">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> DOCPROPERTY EK_DokTittel </w:instrText>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00162B2A">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="en-GB"/>
-[...9 lines deleted...]
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Søknads- og akkrediteringsomfang NS-EN ISO 15189</w:t>
             </w:r>
-            <w:r w:rsidRPr="00162B2A">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00162B2A" w:rsidRPr="00162B2A" w14:paraId="34B64FD1" w14:textId="77777777">
+          <w:p w:rsidR="00162B2A" w:rsidRPr="00422CBC" w14:paraId="6BB72174" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Norskakkreditering"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00162B2A">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Dok.id.:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00162B2A">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
             </w:r>
-            <w:r w:rsidRPr="00162B2A">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_DokumentID </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00162B2A">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00162B2A">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>D00286</w:t>
             </w:r>
-            <w:r w:rsidRPr="00162B2A">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4D2E206E" w14:textId="77777777" w:rsidTr="00162B2A">
+      <w:tr w14:paraId="6BB72179" w14:textId="77777777" w:rsidTr="00162B2A">
         <w:tblPrEx>
           <w:tblW w:w="9360" w:type="dxa"/>
           <w:tblInd w:w="-15" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00162B2A" w:rsidRPr="00162B2A" w14:paraId="72123946" w14:textId="77777777">
+          <w:p w:rsidR="00162B2A" w:rsidRPr="00162B2A" w14:paraId="6BB72176" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:color w:val="000080"/>
                 <w:spacing w:val="15"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11198" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00162B2A" w:rsidRPr="00162B2A" w14:paraId="402C21D9" w14:textId="77777777">
+          <w:p w:rsidR="00162B2A" w:rsidRPr="00422CBC" w14:paraId="6BB72177" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00162B2A" w:rsidRPr="00162B2A" w14:paraId="781B5F90" w14:textId="77777777">
+          <w:p w:rsidR="00162B2A" w:rsidRPr="00422CBC" w14:paraId="6BB72178" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Norskakkreditering"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00162B2A">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
             </w:r>
-            <w:r w:rsidRPr="00162B2A">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_DokType </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00162B2A">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00162B2A">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Skjema</w:t>
             </w:r>
-            <w:r w:rsidRPr="00162B2A">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7EDDA009" w14:textId="77777777" w:rsidTr="00162B2A">
+      <w:tr w14:paraId="6BB72181" w14:textId="77777777" w:rsidTr="00162B2A">
         <w:tblPrEx>
           <w:tblW w:w="9360" w:type="dxa"/>
           <w:tblInd w:w="-15" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00162B2A" w:rsidRPr="00F42DD1" w14:paraId="7D9F0562" w14:textId="77777777">
+          <w:p w:rsidR="00162B2A" w:rsidRPr="00F42DD1" w14:paraId="6BB7217A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:color w:val="000080"/>
                 <w:spacing w:val="15"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="56" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="56" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00162B2A" w:rsidRPr="00F42DD1" w14:paraId="589E703E" w14:textId="77777777">
+          <w:p w:rsidR="00162B2A" w:rsidRPr="00422CBC" w14:paraId="6BB7217B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Norskakkreditering"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Godkjent av: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00162B2A" w:rsidRPr="00F42DD1" w14:paraId="5144ED3D" w14:textId="3243514A">
+          <w:p w:rsidR="00162B2A" w:rsidRPr="00422CBC" w14:paraId="6BB7217C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
             </w:r>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_Signatur </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ICL</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="56" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="56" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00162B2A" w:rsidRPr="00F42DD1" w14:paraId="5C4E1A85" w14:textId="77777777">
+          <w:p w:rsidR="00162B2A" w:rsidRPr="00422CBC" w14:paraId="6BB7217D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Norskakkreditering"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Versjon:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00162B2A" w:rsidRPr="00F42DD1" w14:paraId="3B5C4698" w14:textId="77777777">
+          <w:p w:rsidR="00162B2A" w:rsidRPr="00422CBC" w14:paraId="6BB7217E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
             </w:r>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>1.07</w:t>
+              <w:t>1.08</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="56" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="56" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00162B2A" w:rsidRPr="00F42DD1" w14:paraId="5E0D0CBC" w14:textId="77777777">
+          <w:p w:rsidR="00162B2A" w:rsidRPr="00422CBC" w14:paraId="6BB7217F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Norskakkreditering"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Gyldig fra:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00162B2A" w:rsidRPr="00F42DD1" w14:paraId="35AE6822" w14:textId="77777777">
+          <w:p w:rsidR="00162B2A" w:rsidRPr="00422CBC" w14:paraId="6BB72180" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
             </w:r>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_GjelderFra </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>24.03.2025</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F42DD1">
+            <w:r w:rsidRPr="00422CBC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F42DD1" w:rsidP="00F42DD1" w14:paraId="1751889C" w14:textId="77777777">
+    <w:p w:rsidR="00F42DD1" w:rsidP="00F42DD1" w14:paraId="6BB72182" w14:textId="77777777">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00162B2A" w:rsidP="00F42DD1" w14:paraId="2DF28E95" w14:textId="77777777">
+    <w:p w:rsidR="00162B2A" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB72183" w14:textId="77777777">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00422CBC">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Laboratoriets navn:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F42DD1" w:rsidP="00F42DD1" w14:paraId="4D54AFA9" w14:textId="77777777">
+    <w:p w:rsidR="00F42DD1" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB72184" w14:textId="77777777">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00422CBC">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Kritiske lokaliteter*:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F42DD1" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="44E3D5D0" w14:textId="77777777">
+    <w:p w:rsidR="00F42DD1" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB72185" w14:textId="77777777">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:id w:val="1600139975"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00695D80">
+          <w:r w:rsidRPr="00422CBC" w:rsidR="00695D80">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00695D80">
+      <w:r w:rsidRPr="00422CBC" w:rsidR="00695D80">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F42DD1" w:rsidR="00695D80">
+      <w:r w:rsidRPr="00422CBC" w:rsidR="00695D80">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Permanent laboratorium</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F42DD1" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="738E6A38" w14:textId="77777777">
+    <w:p w:rsidR="00F42DD1" w:rsidRPr="00422CBC" w:rsidP="00422CBC" w14:paraId="6BB72186" w14:textId="22214CD0">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8340"/>
+        </w:tabs>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:id w:val="-2028469233"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00F42DD1" w:rsidR="00695D80">
+          <w:r w:rsidRPr="00422CBC" w:rsidR="00695D80">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:bCs/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00F42DD1" w:rsidR="00695D80">
+      <w:r w:rsidRPr="00422CBC" w:rsidR="00695D80">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Feltlaboratorium</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F42DD1" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="398DE87F" w14:textId="77777777">
+    <w:p w:rsidR="00F42DD1" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB72187" w14:textId="77777777">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:id w:val="-2100860501"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00F42DD1" w:rsidR="00695D80">
+          <w:r w:rsidRPr="00422CBC" w:rsidR="00695D80">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:bCs/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00F42DD1" w:rsidR="00695D80">
+      <w:r w:rsidRPr="00422CBC" w:rsidR="00695D80">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prøvetaking</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F42DD1" w:rsidP="00F42DD1" w14:paraId="141D173F" w14:textId="7B5685DF">
+    <w:p w:rsidR="00F42DD1" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB72188" w14:textId="77777777">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00422CBC">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Dato for utfylling:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00695D80" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="6B8EF837" w14:textId="77777777">
+    <w:p w:rsidR="00695D80" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="6BB72189" w14:textId="77777777">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="3B118DD3" w14:textId="77777777">
+    <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB7218A" w14:textId="77777777">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00422CBC">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Metodeoversikt</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2661"/>
         <w:gridCol w:w="2868"/>
         <w:gridCol w:w="2012"/>
         <w:gridCol w:w="1435"/>
         <w:gridCol w:w="1257"/>
         <w:gridCol w:w="819"/>
         <w:gridCol w:w="1796"/>
         <w:gridCol w:w="1219"/>
         <w:gridCol w:w="1061"/>
       </w:tblGrid>
-      <w:tr w14:paraId="099ECB06" w14:textId="77777777" w:rsidTr="00E66A5F">
+      <w:tr w14:paraId="6BB72199" w14:textId="77777777" w:rsidTr="00E66A5F">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:jc w:val="center"/>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-1309007177"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_1081868574"/>
               </w:placeholder>
               <w:richText/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="2B7AAB80" w14:textId="77777777">
+              <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB7218B" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="22"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F42DD1">
+                <w:r w:rsidRPr="00422CBC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="22"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Objekt</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="1C120ACB" w14:textId="77777777">
+              <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB7218C" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F42DD1">
+                <w:r w:rsidRPr="00422CBC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>(Prøvingsmateriale/</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="7B34D78C" w14:textId="77777777">
+              <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB7218D" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F42DD1">
+                <w:r w:rsidRPr="00422CBC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>matriks/testobjekt)</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="616263846"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_1081868574"/>
               </w:placeholder>
               <w:richText/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="353E12D7" w14:textId="77777777">
+              <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB7218E" w14:textId="77777777">
                 <w:pPr>
                   <w:outlineLvl w:val="1"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
-                    <w:sz w:val="22"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F42DD1">
+                <w:r w:rsidRPr="00422CBC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
-                    <w:sz w:val="22"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Parameter</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="29659B0C" w14:textId="77777777">
+              <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB7218F" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F42DD1">
+                <w:r w:rsidRPr="00422CBC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>(Prøvings</w:t>
                 </w:r>
-                <w:r w:rsidR="00F42DD1">
+                <w:r w:rsidRPr="00422CBC" w:rsidR="00F42DD1">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>-</w:t>
                 </w:r>
-                <w:r w:rsidRPr="00F42DD1">
+                <w:r w:rsidRPr="00422CBC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>/analyseparameter)</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="1053806326"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_1081868574"/>
               </w:placeholder>
               <w:richText/>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="39F9E623" w14:textId="77777777">
+              <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB72190" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="22"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F42DD1">
+                <w:r w:rsidRPr="00422CBC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="22"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Referanse</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="22"/>
+                    <w:sz w:val="20"/>
                     <w:vertAlign w:val="superscript"/>
                   </w:rPr>
                   <w:footnoteReference w:id="2"/>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-1410452297"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_1081868574"/>
               </w:placeholder>
               <w:richText/>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="42FEB132" w14:textId="77777777">
+              <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB72191" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F42DD1">
+                <w:r w:rsidRPr="00422CBC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Måle-          prinsipp</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                     <w:vertAlign w:val="superscript"/>
                   </w:rPr>
                   <w:footnoteReference w:id="3"/>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-1637400240"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_1081868574"/>
               </w:placeholder>
               <w:richText/>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="3FE094E5" w14:textId="77777777">
+              <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB72192" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F42DD1">
+                <w:r w:rsidRPr="00422CBC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Intern metode- identitet</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                     <w:vertAlign w:val="superscript"/>
                   </w:rPr>
                   <w:footnoteReference w:id="4"/>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-1856652872"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_1081868574"/>
               </w:placeholder>
               <w:richText/>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="25BCE4D8" w14:textId="77777777">
+              <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB72193" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F42DD1">
+                <w:r w:rsidRPr="00422CBC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Antall prøv</w:t>
                 </w:r>
-                <w:r w:rsidR="00E66A5F">
+                <w:r w:rsidRPr="00422CBC" w:rsidR="00E66A5F">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>er</w:t>
                 </w:r>
-                <w:r w:rsidRPr="00F42DD1">
+                <w:r w:rsidRPr="00422CBC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> pr. år</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="5AA3E92A" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:sz w:val="22"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB72194" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                  <w:sz w:val="22"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1492630826"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_1081868574"/>
                 </w:placeholder>
                 <w:richText/>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00F42DD1" w:rsidR="00695D80">
+                <w:r w:rsidRPr="00422CBC" w:rsidR="00695D80">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Metodens måleområde</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="5"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1219" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-2089838244"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_1081868574"/>
               </w:placeholder>
               <w:richText/>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="5D34E106" w14:textId="77777777">
+              <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB72195" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F42DD1">
+                <w:r w:rsidRPr="00422CBC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Måle- usikkerhet</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                     <w:vertAlign w:val="superscript"/>
                   </w:rPr>
                   <w:footnoteReference w:id="6"/>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="50A98B2E" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:sz w:val="22"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB72196" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-1143815017"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_1081868574"/>
               </w:placeholder>
               <w:richText/>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="134D420C" w14:textId="77777777">
+              <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB72197" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F42DD1">
+                <w:r w:rsidRPr="00422CBC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Intern</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="15EB9423" w14:textId="77777777">
+              <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB72198" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F42DD1">
+                <w:r w:rsidRPr="00422CBC">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>kontroll</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
                     <w:vertAlign w:val="superscript"/>
                   </w:rPr>
                   <w:footnoteReference w:id="7"/>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1814036D" w14:textId="77777777" w:rsidTr="00E66A5F">
+      <w:tr w14:paraId="6BB721A3" w14:textId="77777777" w:rsidTr="00E66A5F">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:jc w:val="center"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="2BDF6386" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB7219A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="33F9C3F4" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB7219B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="0FDF2AEE" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB7219C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="7F7EA447" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB7219D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="3871445C" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB7219E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="6C584DF8" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB7219F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="12B4070D" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721A0" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1219" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="1F7F3D30" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721A1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="6F5B2E81" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721A2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="38346AD1" w14:textId="77777777" w:rsidTr="00E66A5F">
+      <w:tr w14:paraId="6BB721AD" w14:textId="77777777" w:rsidTr="00E66A5F">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:jc w:val="center"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="52D42A1D" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721A4" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="3060793F" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721A5" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="00183025" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721A6" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="3AFBAF24" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721A7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="647ADEA8" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721A8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="58BCADB1" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721A9" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="59605742" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721AA" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1219" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="600077C2" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721AB" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="0CFF4631" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721AC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="69CE1413" w14:textId="77777777" w:rsidTr="00E66A5F">
+      <w:tr w14:paraId="6BB721B7" w14:textId="77777777" w:rsidTr="00E66A5F">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:jc w:val="center"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="4DF2A36D" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721AE" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="70745BB8" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721AF" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="3AEF9ADB" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721B0" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="15148486" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721B1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="4F2CCEAA" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721B2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="05011C43" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721B3" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="16A5FB47" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721B4" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1219" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="78A58A76" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721B5" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="01BDCF80" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721B6" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="69E3AB97" w14:textId="77777777" w:rsidTr="00E66A5F">
+      <w:tr w14:paraId="6BB721C1" w14:textId="77777777" w:rsidTr="00E66A5F">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:jc w:val="center"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="21E50E0C" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721B8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="6B58B77A" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721B9" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="4583AA59" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721BA" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="672AE8E1" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721BB" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="7434E3B1" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721BC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="2C0FE2FB" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721BD" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="78837D63" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721BE" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1219" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="676E46BC" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721BF" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="0C9C793C" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721C0" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1F5E4C5F" w14:textId="77777777" w:rsidTr="00E66A5F">
+      <w:tr w14:paraId="6BB721CB" w14:textId="77777777" w:rsidTr="00E66A5F">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:jc w:val="center"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="5E3AB3EB" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721C2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="0D152613" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721C3" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="7F62695C" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721C4" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="7D70F30B" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721C5" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="7128DA50" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721C6" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="474C2FDD" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721C7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="50D5146A" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721C8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1219" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="197D0C43" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721C9" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="6D4C3370" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721CA" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7D7FE7CC" w14:textId="77777777" w:rsidTr="00E66A5F">
+      <w:tr w14:paraId="6BB721D5" w14:textId="77777777" w:rsidTr="00E66A5F">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:jc w:val="center"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="7FA49593" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721CC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="680B2A07" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721CD" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="0F5831AD" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721CE" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="4576793D" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721CF" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="6D15E642" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721D0" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="7C2F6EA7" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721D1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="42B50676" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721D2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1219" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="35C5B835" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721D3" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="7D388CD6" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721D4" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1883158820"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_1081868574"/>
         </w:placeholder>
         <w:richText/>
       </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w:rsidR="00945092" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="2EEC7944" w14:textId="77777777">
+        <w:p w:rsidR="00945092" w:rsidRPr="00422CBC" w:rsidP="00F42DD1" w14:paraId="6BB721D6" w14:textId="77777777">
           <w:pPr>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>*Fylles ut dersom søker har flere kritiske lokaliteter som utfører nøkkelaktiviteter.  Med nøkkelaktiviteter menes en eller flere av følgende: Utarbeidelse av tilbud/kontrakt, godkjennelse av styrende dokumenter, kvalifisering av personell, utførelse av prøvetaking og/eller prøving, godkjenning av prøvingsrapporter. Dersom det er ulike prøvinger/prøvetakinger på ulike lokaliteter må dette spesifiseres.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00945092" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="40F4FECB" w14:textId="77777777">
+    <w:p w:rsidR="00945092" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="6BB721D7" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00945092" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="11DF8A77" w14:textId="77777777">
+    <w:p w:rsidR="00945092" w:rsidRPr="00F42DD1" w:rsidP="00F42DD1" w14:paraId="6BB721D8" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00945092" w:rsidRPr="002406DD" w:rsidP="00F42DD1" w14:paraId="47CFAD1B" w14:textId="77777777"/>
+    <w:p w:rsidR="00945092" w:rsidRPr="002406DD" w:rsidP="00F42DD1" w14:paraId="6BB721D9" w14:textId="77777777"/>
     <w:sectPr w:rsidSect="002652B4">
-      <w:headerReference w:type="even" r:id="rId6"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId6"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="16840" w:h="11907" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="851" w:header="851" w:footer="454" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="245"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="14367" w:type="dxa"/>
       <w:tblLook w:val="01E0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3177"/>
       <w:gridCol w:w="2484"/>
       <w:gridCol w:w="2465"/>
       <w:gridCol w:w="3228"/>
       <w:gridCol w:w="3013"/>
     </w:tblGrid>
-    <w:tr w14:paraId="21D9115D" w14:textId="77777777" w:rsidTr="00245D60">
+    <w:tr w14:paraId="6BB721E8" w14:textId="77777777" w:rsidTr="00245D60">
       <w:tblPrEx>
         <w:tblW w:w="14367" w:type="dxa"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="665"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3177" w:type="dxa"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w:rsidR="00245D60" w14:paraId="012306D2" w14:textId="23F4BAA0">
+        <w:p w:rsidR="00245D60" w14:paraId="6BB721E1" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
         </w:p>
-        <w:p w:rsidR="00245D60" w14:paraId="37C95173" w14:textId="452311F3">
+        <w:p w:rsidR="00245D60" w14:paraId="6BB721E2" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2484" w:type="dxa"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w:rsidR="00245D60" w14:paraId="46E5DD5D" w14:textId="6D7479CE">
+        <w:p w:rsidR="00245D60" w14:paraId="6BB721E3" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2465" w:type="dxa"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w:rsidR="00245D60" w14:paraId="31AC5B07" w14:textId="2871CE92">
+        <w:p w:rsidR="00245D60" w14:paraId="6BB721E4" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:color w:val="000080"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3228" w:type="dxa"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w:rsidR="00245D60" w14:paraId="22645292" w14:textId="310E7EE6">
+        <w:p w:rsidR="00245D60" w14:paraId="6BB721E5" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3013" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00245D60" w14:paraId="7DC07298" w14:textId="79AB210E">
+        <w:p w:rsidR="00245D60" w:rsidRPr="00422CBC" w14:paraId="6BB721E6" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="Norskakkreditering"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:lang w:val="nn-NO"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00422CBC">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:lang w:val="nn-NO"/>
+            </w:rPr>
+            <w:t>Side</w:t>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="00245D60" w:rsidP="009A206A" w14:paraId="6BB721E7" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:lang w:val="nn-NO"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
-            <w:t>Side</w:t>
-[...9 lines deleted...]
-          <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
             <w:instrText xml:space="preserve">PAGE </w:instrText>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00422CBC">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:lang w:val="nn-NO" w:eastAsia="nb-NO" w:bidi="ar-SA"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00422CBC">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r w:rsidR="000048A9">
+          <w:r w:rsidRPr="00422CBC" w:rsidR="000048A9">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
             <w:t>(</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00422CBC">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
             <w:instrText>NUMPAGES</w:instrText>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00422CBC">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00422CBC">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
             <w:t>)</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00A03076" w14:paraId="1F7BEA43" w14:textId="77777777">
-[...9 lines deleted...]
-  <w:p w:rsidR="0055337E" w14:paraId="5D874426" w14:textId="77777777">
+  <w:p w:rsidR="00A03076" w14:paraId="6BB721E9" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="0010161E" w14:paraId="19C5DD37" w14:textId="77777777">
+    <w:p w:rsidR="0010161E" w14:paraId="6BB721DC" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="0010161E" w14:paraId="436A9080" w14:textId="77777777">
+    <w:p w:rsidR="0010161E" w14:paraId="6BB721DD" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="001B79C7" w:rsidP="001B79C7" w14:paraId="1BA92801" w14:textId="77777777">
+    <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="001B79C7" w14:paraId="6BB721EC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1135527226"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_1081868574"/>
         </w:placeholder>
         <w:richText/>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="001B79C7" w14:paraId="437062D0" w14:textId="77777777">
+        <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="001B79C7" w14:paraId="6BB721ED" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="FootnoteText"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
               <w:rStyle w:val="FootnoteReference"/>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:footnoteRef/>
           </w:r>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:tab/>
-            <w:t>Kan være lærebok, tidsskriftartikkel og nasjonale, internasjonale eller regionale retningslinjer. Dersom ingen referanse finnes oppgis Intern metode under Referanse.</w:t>
+            <w:t xml:space="preserve">Kan være lærebok, </w:t>
           </w:r>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>tidsskriftartikkel og nasjonale, internasjonale eller regionale retningslinjer. Dersom ingen referanse finnes oppgis Intern metode under Referanse.</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00422CBC">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:tab/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
   </w:footnote>
   <w:footnote w:id="3">
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1130084450"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_1081868574"/>
         </w:placeholder>
         <w:richText/>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="001B79C7" w14:paraId="498BA519" w14:textId="77777777">
+        <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="001B79C7" w14:paraId="6BB721EE" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="FootnoteText"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
               <w:rStyle w:val="FootnoteReference"/>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:footnoteRef/>
           </w:r>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:tab/>
             <w:t>Måleprinsipp: teknikk/instrument</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
   </w:footnote>
   <w:footnote w:id="4">
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-630778393"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_1081868574"/>
         </w:placeholder>
         <w:richText/>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="001B79C7" w14:paraId="0D497A44" w14:textId="77777777">
+        <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="001B79C7" w14:paraId="6BB721EF" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="FootnoteText"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
               <w:rStyle w:val="FootnoteReference"/>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:footnoteRef/>
           </w:r>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:tab/>
             <w:t>Alle metoder (prøvetakingsprosedyrer/analyseprosedyrer) skal ha entydig laboratorieidentitet</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
   </w:footnote>
   <w:footnote w:id="5">
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="790555783"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_1081868574"/>
         </w:placeholder>
         <w:richText/>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="001B79C7" w14:paraId="56E42F6F" w14:textId="77777777">
+        <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="001B79C7" w14:paraId="6BB721F0" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="FootnoteText"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
               <w:rStyle w:val="FootnoteReference"/>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:footnoteRef/>
           </w:r>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:tab/>
             <w:t>Måleområdet hvor laboratoriet ønsker å utgi akkrediterte resultater.  For kvalitative prøvinger skal deteksjonsgrense</w:t>
           </w:r>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>oppgis</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
   </w:footnote>
   <w:footnote w:id="6">
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1734802326"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_1081868574"/>
         </w:placeholder>
         <w:richText/>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="001B79C7" w14:paraId="0AFCA007" w14:textId="77777777">
+        <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="001B79C7" w14:paraId="6BB721F1" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="FootnoteText"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
               <w:rStyle w:val="FootnoteReference"/>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:footnoteRef/>
           </w:r>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:tab/>
             <w:t>Total usikker</w:t>
           </w:r>
-          <w:r w:rsidRPr="00F42DD1" w:rsidR="00985F9D">
+          <w:r w:rsidRPr="00422CBC" w:rsidR="00985F9D">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>het som dekker hele måleområdet/ev.</w:t>
           </w:r>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> flere måleusikkerheter som sammen dekker hele måleområdet. Dersom måleusikkerheten angis ved noe annet enn 95%</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="001B79C7" w14:paraId="1893D2D6" w14:textId="77777777">
+        <w:p w:rsidR="001B79C7" w:rsidRPr="00422CBC" w:rsidP="001B79C7" w14:paraId="6BB721F2" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="FootnoteText"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:tab/>
             <w:t>sannsynlighet skal dette angis (tilsvarer 2 standardavvik).</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
   </w:footnote>
   <w:footnote w:id="7">
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="117651082"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_1081868574"/>
         </w:placeholder>
         <w:richText/>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="001B79C7" w14:paraId="7A0C083F" w14:textId="77777777">
+        <w:p w:rsidR="001B79C7" w:rsidRPr="00F42DD1" w:rsidP="001B79C7" w14:paraId="6BB721F3" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="FootnoteText"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
               <w:rStyle w:val="FootnoteReference"/>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:footnoteRef/>
           </w:r>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="00F42DD1">
+          <w:r w:rsidRPr="00422CBC">
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:tab/>
             <w:t>Internkontrollsystem gis som en eller flere av følgende: A. Deltakelse i sammenlignende laboratorieprøvinger (SLP). B. Bruk av referansemateriale. C. Bruk av sertifisert referansemateriale. D. Bruk av kalibrator. E. Statistiske metoder (eks. kontrollkort). F. Gjentatt prøving på samme objekt (dobbeltanalyser).</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="15B4434F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="86AC1A8C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1410" w:hanging="690"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -3771,174 +3774,175 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1144078586">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1397317920">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="935475747">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1657687670">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="786702436">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1203594467">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="914441129">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1691102066">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="405302065">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1918056798">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1310400893">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="438915846">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1606300824">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="914975253">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="961764901">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="600990343">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1542093267">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1473519347">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="390812463">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1532262311">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="690571662">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:val="bestFit" w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:printFractionalCharacterWidth/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="90"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0064502B"/>
     <w:rsid w:val="000048A9"/>
@@ -3963,51 +3967,53 @@
     <w:rsid w:val="001D0E4E"/>
     <w:rsid w:val="001F0CD3"/>
     <w:rsid w:val="002151F4"/>
     <w:rsid w:val="00225120"/>
     <w:rsid w:val="0023580B"/>
     <w:rsid w:val="002406DD"/>
     <w:rsid w:val="00245D60"/>
     <w:rsid w:val="002652B4"/>
     <w:rsid w:val="00283579"/>
     <w:rsid w:val="002922E6"/>
     <w:rsid w:val="002928CF"/>
     <w:rsid w:val="002A5A6A"/>
     <w:rsid w:val="002D32EE"/>
     <w:rsid w:val="002D685B"/>
     <w:rsid w:val="002E4515"/>
     <w:rsid w:val="002F2917"/>
     <w:rsid w:val="00343038"/>
     <w:rsid w:val="00373690"/>
     <w:rsid w:val="003820F0"/>
     <w:rsid w:val="00395F3D"/>
     <w:rsid w:val="003A2A50"/>
     <w:rsid w:val="003A764A"/>
     <w:rsid w:val="003B5BF3"/>
     <w:rsid w:val="003C5F29"/>
     <w:rsid w:val="003E3563"/>
+    <w:rsid w:val="003E7308"/>
     <w:rsid w:val="00422A98"/>
+    <w:rsid w:val="00422CBC"/>
     <w:rsid w:val="00425069"/>
     <w:rsid w:val="00442484"/>
     <w:rsid w:val="004518EA"/>
     <w:rsid w:val="00462139"/>
     <w:rsid w:val="004705BB"/>
     <w:rsid w:val="004937F7"/>
     <w:rsid w:val="004A2EF2"/>
     <w:rsid w:val="004B2706"/>
     <w:rsid w:val="004E2741"/>
     <w:rsid w:val="00501C90"/>
     <w:rsid w:val="005063CB"/>
     <w:rsid w:val="00516D07"/>
     <w:rsid w:val="00522CBE"/>
     <w:rsid w:val="00541B69"/>
     <w:rsid w:val="0054532B"/>
     <w:rsid w:val="0055337E"/>
     <w:rsid w:val="00556072"/>
     <w:rsid w:val="00566DF0"/>
     <w:rsid w:val="00571CC6"/>
     <w:rsid w:val="0057567E"/>
     <w:rsid w:val="005B65CD"/>
     <w:rsid w:val="005C0666"/>
     <w:rsid w:val="005C07CE"/>
     <w:rsid w:val="005C4EFE"/>
     <w:rsid w:val="005C5A37"/>
@@ -4053,104 +4059,107 @@
     <w:rsid w:val="00854814"/>
     <w:rsid w:val="0085793F"/>
     <w:rsid w:val="008B0FBB"/>
     <w:rsid w:val="008B21CB"/>
     <w:rsid w:val="008B2E82"/>
     <w:rsid w:val="008D267C"/>
     <w:rsid w:val="008D49D5"/>
     <w:rsid w:val="008E0958"/>
     <w:rsid w:val="008F3B64"/>
     <w:rsid w:val="009040AD"/>
     <w:rsid w:val="00923547"/>
     <w:rsid w:val="00945092"/>
     <w:rsid w:val="00956209"/>
     <w:rsid w:val="009721C6"/>
     <w:rsid w:val="009732ED"/>
     <w:rsid w:val="0097346A"/>
     <w:rsid w:val="00985F9D"/>
     <w:rsid w:val="00987ECC"/>
     <w:rsid w:val="00995B4E"/>
     <w:rsid w:val="009975BF"/>
     <w:rsid w:val="009A206A"/>
     <w:rsid w:val="009E5F11"/>
     <w:rsid w:val="009F325C"/>
     <w:rsid w:val="00A020D1"/>
     <w:rsid w:val="00A03076"/>
+    <w:rsid w:val="00A11152"/>
     <w:rsid w:val="00A229AD"/>
     <w:rsid w:val="00A264E1"/>
     <w:rsid w:val="00A35107"/>
     <w:rsid w:val="00A52EDA"/>
     <w:rsid w:val="00A569F3"/>
     <w:rsid w:val="00A806AE"/>
     <w:rsid w:val="00AB0A11"/>
     <w:rsid w:val="00AB48C2"/>
     <w:rsid w:val="00AF0523"/>
     <w:rsid w:val="00B155C4"/>
     <w:rsid w:val="00B360F7"/>
     <w:rsid w:val="00B37ADD"/>
     <w:rsid w:val="00B5351C"/>
     <w:rsid w:val="00B70D63"/>
     <w:rsid w:val="00B73F52"/>
     <w:rsid w:val="00B87D74"/>
     <w:rsid w:val="00BB0817"/>
     <w:rsid w:val="00BB6C88"/>
     <w:rsid w:val="00BE1D09"/>
     <w:rsid w:val="00C01AD4"/>
     <w:rsid w:val="00C1234D"/>
     <w:rsid w:val="00C14C16"/>
     <w:rsid w:val="00C21641"/>
     <w:rsid w:val="00C34F40"/>
     <w:rsid w:val="00C42479"/>
+    <w:rsid w:val="00C5429F"/>
     <w:rsid w:val="00C63A17"/>
     <w:rsid w:val="00C763B5"/>
     <w:rsid w:val="00CC027C"/>
     <w:rsid w:val="00CE5F39"/>
     <w:rsid w:val="00CF475E"/>
     <w:rsid w:val="00D0487E"/>
     <w:rsid w:val="00D13796"/>
     <w:rsid w:val="00D14E18"/>
     <w:rsid w:val="00D164AC"/>
     <w:rsid w:val="00D16EF7"/>
     <w:rsid w:val="00D21082"/>
     <w:rsid w:val="00D36631"/>
     <w:rsid w:val="00DA5C00"/>
     <w:rsid w:val="00DA7184"/>
     <w:rsid w:val="00DC29C8"/>
     <w:rsid w:val="00DE0433"/>
     <w:rsid w:val="00DE2FD5"/>
     <w:rsid w:val="00E00934"/>
     <w:rsid w:val="00E23981"/>
     <w:rsid w:val="00E2403E"/>
     <w:rsid w:val="00E35FB7"/>
     <w:rsid w:val="00E66A5F"/>
     <w:rsid w:val="00E75758"/>
     <w:rsid w:val="00E81932"/>
     <w:rsid w:val="00E91A1F"/>
     <w:rsid w:val="00E93D1A"/>
     <w:rsid w:val="00EA360D"/>
     <w:rsid w:val="00EB2BC3"/>
     <w:rsid w:val="00EB62A1"/>
+    <w:rsid w:val="00F06E47"/>
     <w:rsid w:val="00F10CB6"/>
     <w:rsid w:val="00F225F1"/>
     <w:rsid w:val="00F42DD1"/>
     <w:rsid w:val="00F44B35"/>
     <w:rsid w:val="00F5250B"/>
     <w:rsid w:val="00F935C7"/>
     <w:rsid w:val="00F9581F"/>
     <w:rsid w:val="00FD10A5"/>
     <w:rsid w:val="00FE4B5A"/>
     <w:rsid w:val="00FF1292"/>
     <w:rsid w:val="00FF264B"/>
     <w:rsid w:val="00FF5392"/>
   </w:rsids>
   <w:docVars>
     <w:docVar w:name="Avdeling" w:val="lab_avdeling"/>
     <w:docVar w:name="Avsnitt" w:val="lab_avsnitt"/>
     <w:docVar w:name="Bedriftsnavn" w:val="Datakvalitet AS"/>
     <w:docVar w:name="beskyttet" w:val="nei"/>
     <w:docVar w:name="docver" w:val="2.20"/>
     <w:docVar w:name="ekr_dokeier" w:val=" "/>
     <w:docVar w:name="ekr_doktittel" w:val=" "/>
     <w:docVar w:name="ekr_doktype" w:val=" "/>
     <w:docVar w:name="ekr_dokumentid" w:val=" "/>
     <w:docVar w:name="ekr_endret" w:val=" "/>
     <w:docVar w:name="ekr_gradering" w:val=" "/>
@@ -4197,56 +4206,57 @@
     <w:docVar w:name="ek_rapport" w:val="[]"/>
     <w:docVar w:name="ek_refnr" w:val=".2.1.4.6"/>
     <w:docVar w:name="ek_revisjon" w:val="1.04"/>
     <w:docVar w:name="ek_signatur" w:val="ICL"/>
     <w:docVar w:name="ek_skrevetav" w:val="SBE"/>
     <w:docVar w:name="ek_status" w:val="I bruk"/>
     <w:docVar w:name="ek_stikkord" w:val="na-s5, søknadsomfang, medisin"/>
     <w:docVar w:name="EK_TYPE" w:val="DOK"/>
     <w:docVar w:name="ek_utext2" w:val=" "/>
     <w:docVar w:name="ek_utext3" w:val=" "/>
     <w:docVar w:name="ek_utext4" w:val=" "/>
     <w:docVar w:name="ek_utgave" w:val="1.04"/>
     <w:docVar w:name="ek_utgitt" w:val="10.10.2006"/>
     <w:docVar w:name="ek_verifisert" w:val=" "/>
     <w:docVar w:name="Erstatter" w:val="lab_erstatter"/>
     <w:docVar w:name="KHB" w:val="UB"/>
     <w:docVar w:name="skitten" w:val="0"/>
     <w:docVar w:name="Tittel" w:val="Dette er en Test tittel."/>
   </w:docVars>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w14:docId w14:val="6BB72172"/>
   <w15:docId w15:val="{43D22939-1B4C-41B8-A311-4C7972C48C7A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="nb-NO" w:eastAsia="nb-NO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5136,209 +5146,231 @@
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001B79C7"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005E61D3"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\USERS\SRO\APPDATA\ROAMING\MICROSOFT\TEMPLATES\OPERATIV.DOT" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="Generelt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0AB8316E-E0B2-4A21-81A6-E214A8F383AC}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008B0FBB">
           <w:r w:rsidRPr="005B65CD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Klikk her for å skrive inn tekst.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:footnote w:type="separator" w:id="0">
-    <w:p>
+    <w:p w:rsidR="005C7393">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p>
+    <w:p w:rsidR="005C7393">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D17103"/>
+    <w:rsid w:val="003A49CE"/>
+    <w:rsid w:val="003E7308"/>
+    <w:rsid w:val="005C7393"/>
     <w:rsid w:val="007F22A7"/>
     <w:rsid w:val="008B0FBB"/>
     <w:rsid w:val="00D17103"/>
     <w:rsid w:val="00DF3D14"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nb-NO" w:eastAsia="nb-NO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5728,51 +5760,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007F22A7"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -6021,103 +6053,103 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>operativ</Template>
+  <Template>OPERATIV_EK3TEMPDISABLED</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>98</Words>
-  <Characters>770</Characters>
+  <Words>100</Words>
+  <Characters>1083</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>101</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tittel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>NA-S5m: Søknadsomfang (NS-EN ISO 15189)</vt:lpstr>
       <vt:lpstr>Standard</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Datakvalitet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>849</CharactersWithSpaces>
+  <CharactersWithSpaces>1181</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Søknads- og akkrediteringsomfang NS-EN ISO 15189</dc:title>
   <dc:subject>00020104|.2.1.4.6|</dc:subject>
   <dc:creator>Handbok</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="EK_DokTittel">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO 15189</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="EK_DokType">
     <vt:lpwstr>Skjema</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="EK_DokumentID">
     <vt:lpwstr>D00286</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="EK_GjelderFra">
     <vt:lpwstr>24.03.2025</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="EK_Signatur">
     <vt:lpwstr>ICL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="EK_Utgave">
-    <vt:lpwstr>1.07</vt:lpwstr>
+    <vt:lpwstr>1.08</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="EK_Watermark">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>