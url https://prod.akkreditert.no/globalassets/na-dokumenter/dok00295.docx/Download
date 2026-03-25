--- v0 (2025-11-03)
+++ v1 (2026-03-25)
@@ -8231,51 +8231,51 @@
         <w:tcPr>
           <w:tcW w:w="1727" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00B37ADD" w:rsidP="00BE1D09" w14:paraId="76110D7D" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:t>Sign.:</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00B37ADD" w:rsidP="00BE1D09" w14:paraId="76110D7E" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Signatur </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
-            <w:t>Tove Kristin Dokka</w:t>
+            <w:t>Pia Backe-Hansen</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1714" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00B37ADD" w:rsidP="00BE1D09" w14:paraId="76110D7F" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:t>Dok.ID:</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00B37ADD" w:rsidRPr="00C42479" w:rsidP="00C42479" w14:paraId="76110D80" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:color w:val="000080"/>
             </w:rPr>
           </w:pPr>
@@ -8318,69 +8318,69 @@
         <w:p w:rsidR="00B37ADD" w:rsidP="00BE1D09" w14:paraId="76110D81" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:t>Ver</w:t>
           </w:r>
           <w:r>
             <w:t>.:</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00B37ADD" w:rsidP="00BE1D09" w14:paraId="76110D82" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
-            <w:t>6.00</w:t>
+            <w:t>7.00</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> / </w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_GjelderFra </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
-            <w:t>30.01.2024</w:t>
+            <w:t>23.03.2026</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2095" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00B37ADD" w:rsidP="00BE1D09" w14:paraId="76110D83" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000F51D8">
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
             <w:t>Side /Page:</w:t>
@@ -10605,38 +10605,38 @@
   <dc:title>Rapport fra observasjon av inspeksjon (NA-S9e)</dc:title>
   <dc:subject>000602|6.2.36|</dc:subject>
   <dc:creator>Handbok</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="EK_Bedriftsnavn">
     <vt:lpwstr>Norsk akkreditering</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="EK_DokTittel">
     <vt:lpwstr>Rapport fra observasjon av inspeksjon (NA-S9e)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="EK_DokType">
     <vt:lpwstr>Rapport/Report</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="EK_DokumentID">
     <vt:lpwstr>D00295</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="EK_GjelderFra">
-    <vt:lpwstr>30.01.2024</vt:lpwstr>
+    <vt:lpwstr>23.03.2026</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="EK_Signatur">
-    <vt:lpwstr>Tove Kristin Dokka</vt:lpwstr>
+    <vt:lpwstr>Pia Backe-Hansen</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="EK_Utgave">
-    <vt:lpwstr>6.00</vt:lpwstr>
+    <vt:lpwstr>7.00</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="EK_Watermark">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>