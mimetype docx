--- v0 (2025-11-03)
+++ v1 (2026-03-25)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <!-- Generated by Aspose.Words for .NET 23.5.0 -->
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="71" w:type="dxa"/>
           <w:right w:w="71" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="2551"/>
@@ -66,100 +66,99 @@
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E84D9E" w:rsidRPr="0031702A" w:rsidP="00D11E8B" w14:paraId="6B2D9F89" w14:textId="77777777">
+          <w:p w:rsidR="00E84D9E" w:rsidRPr="0031702A" w:rsidP="003F5013" w14:paraId="6B2D9F89" w14:textId="0BEA4CC6">
             <w:pPr>
               <w:pStyle w:val="Subtitle"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="tempHer"/>
-[...1 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00643195">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1076260" cy="633095"/>
-[...1 lines deleted...]
-                  <wp:docPr id="1" name="Bilde 1"/>
+                  <wp:extent cx="984250" cy="558198"/>
+                  <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+                  <wp:docPr id="699027644" name="Bilde 2" descr="Et bilde som inneholder Grafikk, skjermbilde, grafisk design, design&#10;&#10;KI-generert innhold kan være feil."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="1" name="Bilde 1"/>
+                          <pic:cNvPr id="699027644" name="Bilde 2" descr="Et bilde som inneholder Grafikk, skjermbilde, grafisk design, design&#10;&#10;KI-generert innhold kan være feil."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4">
+                          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print">
                             <a:extLst>
                               <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1076260" cy="633095"/>
+                            <a:ext cx="984250" cy="558198"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="0031702A">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
@@ -176,126 +175,129 @@
             </w:r>
             <w:r w:rsidRPr="0031702A">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E84D9E" w:rsidP="00EA63AE" w14:paraId="3161CD34" w14:textId="77777777">
+          <w:p w:rsidR="00E84D9E" w:rsidRPr="003F5013" w:rsidP="00EA63AE" w14:paraId="3161CD34" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Norskakkreditering"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000080"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="nb-NO"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:srgbClr w14:val="000080">
+                      <w14:lumMod w14:val="65000"/>
+                    </w14:srgbClr>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
                 <w14:textFill>
                   <w14:solidFill>
                     <w14:srgbClr w14:val="000080">
                       <w14:lumMod w14:val="65000"/>
                     </w14:srgbClr>
                   </w14:solidFill>
                 </w14:textFill>
               </w:rPr>
-            </w:pPr>
+              <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
+            </w:r>
+            <w:r w:rsidRPr="003F5013">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000080"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="nb-NO"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:srgbClr w14:val="000080">
+                      <w14:lumMod w14:val="65000"/>
+                    </w14:srgbClr>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY EK_DokTittel </w:instrText>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
                 <w14:textFill>
                   <w14:solidFill>
                     <w14:srgbClr w14:val="000080">
                       <w14:lumMod w14:val="65000"/>
                     </w14:srgbClr>
                   </w14:solidFill>
                 </w14:textFill>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DA628E">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="003F5013">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
-                <w14:textFill>
-[...32 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:lang w:val="nb-NO"/>
                 <w14:textFill>
                   <w14:solidFill>
                     <w14:srgbClr w14:val="000080">
                       <w14:lumMod w14:val="65000"/>
                     </w14:srgbClr>
                   </w14:solidFill>
                 </w14:textFill>
               </w:rPr>
               <w:t>Rapport fra observasjon av eksaminasjon (NA-S9f)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
                 <w14:textFill>
                   <w14:solidFill>
                     <w14:srgbClr w14:val="000080">
                       <w14:lumMod w14:val="65000"/>
                     </w14:srgbClr>
                   </w14:solidFill>
                 </w14:textFill>
               </w:rPr>
@@ -751,51 +753,51 @@
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_Signatur </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Tove Kristin Dokka</w:t>
+              <w:t>Pia Backe-Hansen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00E84D9E" w:rsidRPr="001315B2" w:rsidP="00EA63AE" w14:paraId="6B2D9F94" w14:textId="77777777">
             <w:pPr>
@@ -865,51 +867,51 @@
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>4.00</w:t>
+              <w:t>5.00</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00E84D9E" w:rsidRPr="001315B2" w:rsidP="00EA63AE" w14:paraId="6B2D9F96" w14:textId="77777777">
@@ -968,51 +970,51 @@
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_GjelderFra </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>30.01.2024</w:t>
+              <w:t>16.02.2026</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00E84D9E" w:rsidP="00032409" w14:paraId="6B2D9F99" w14:textId="77777777"/>
     <w:p w:rsidR="00243FD9" w:rsidP="00243FD9" w14:paraId="6B2D9F9B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1220,67 +1222,51 @@
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00243FD9" w:rsidP="00A17F92" w14:paraId="3A1E24CF" w14:textId="39DA82F4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00581BC6">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Dato for</w:t>
-[...15 lines deleted...]
-              <w:t>observasjon</w:t>
+              <w:t>Dato for observasjon</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EA63AE" w:rsidRPr="003757CA" w:rsidP="00A17F92" w14:paraId="6B2D9FA1" w14:textId="3500F561">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB3B5A">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Date of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -1682,104 +1668,142 @@
               </w:rPr>
               <w:t>Witnessed areas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6178" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="00DA628E" w:rsidP="00DA628E" w14:paraId="6B2D9FB0" w14:textId="77777777">
             <w:r w:rsidRPr="00CA2285">
               <w:t>Observasjo</w:t>
             </w:r>
             <w:r>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA2285">
-              <w:t>en er dekkende for følgende deler av akkreditert omfang:</w:t>
+              <w:t xml:space="preserve">en er dekkende for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA2285">
+              <w:t>følgende deler av akkreditert omfang:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EA63AE" w:rsidRPr="00DB3B5A" w:rsidP="00EA63AE" w14:paraId="25A9EB04" w14:textId="47FF4CA4">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB3B5A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">The witnessing covered </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB3B5A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>the following</w:t>
+              <w:t>witnessing</w:t>
             </w:r>
             <w:r w:rsidRPr="00DB3B5A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve"> covered </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>the following</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB3B5A">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> of the accredited scope</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EA63AE" w:rsidP="00DA628E" w14:paraId="6A7500BB" w14:textId="77777777"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00243FD9" w:rsidRPr="00DA628E" w:rsidP="00A17F92" w14:paraId="6B2D9FB2" w14:textId="77777777">
+          <w:p w:rsidR="00EA63AE" w:rsidRPr="003F5013" w:rsidP="00DA628E" w14:paraId="6A7500BB" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DA628E" w:rsidRPr="003F5013" w:rsidP="00DA628E" w14:paraId="6B2D9FB1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00243FD9" w:rsidRPr="003F5013" w:rsidP="00A17F92" w14:paraId="6B2D9FB2" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="6B2D9FB6" w14:textId="77777777" w:rsidTr="00A17F92">
         <w:tblPrEx>
           <w:tblW w:w="9285" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="01E0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="267"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
@@ -1859,169 +1883,178 @@
             <w:tcW w:w="3107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00243FD9" w:rsidP="00A17F92" w14:paraId="04E52647" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Teknisk(e) bedømmer(e)/ekspert(er) – fagområde </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EA63AE" w:rsidRPr="00DB3B5A" w:rsidP="00A17F92" w14:paraId="6B2D9FB7" w14:textId="56EA37E0">
+          <w:p w:rsidR="00EA63AE" w:rsidRPr="003F5013" w:rsidP="00A17F92" w14:paraId="6B2D9FB7" w14:textId="56EA37E0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DB3B5A">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F5013">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Technical assessor(s)/expert(s) – technical area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6178" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00243FD9" w:rsidRPr="00DA628E" w:rsidP="00A17F92" w14:paraId="6B2D9FB8" w14:textId="77777777">
+          <w:p w:rsidR="00243FD9" w:rsidRPr="003F5013" w:rsidP="00A17F92" w14:paraId="6B2D9FB8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="6B2D9FBE" w14:textId="77777777" w:rsidTr="00B6087D">
         <w:tblPrEx>
           <w:tblW w:w="9285" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="01E0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="331"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00243FD9" w:rsidP="00A17F92" w14:paraId="573CF147" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Rapport utarbeidet av</w:t>
+              <w:t xml:space="preserve">Rapport </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>utarbeidet av</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EA63AE" w:rsidRPr="00DB3B5A" w:rsidP="00A17F92" w14:paraId="6B2D9FBA" w14:textId="79DEA879">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB3B5A">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Report issued by</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00243FD9" w:rsidP="00A17F92" w14:paraId="6B2D9FBB" w14:textId="77777777">
+          <w:p w:rsidR="00243FD9" w:rsidRPr="003F5013" w:rsidP="00A17F92" w14:paraId="6B2D9FBB" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00243FD9" w:rsidP="00A17F92" w14:paraId="6B2D9FBC" w14:textId="66F55BDE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -2188,120 +2221,132 @@
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00243FD9" w:rsidP="00243FD9" w14:paraId="6B2D9FC3" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapporten tillates gjengitt i sin helhet.  </w:t>
-[...6 lines deleted...]
-        <w:t>Utdrag av rapporten er kun tillatt gjengitt etter skriftlig godkjennelse av NA</w:t>
+        <w:t>Rapporten tillates gjengitt i sin helhet.  Utdrag av rapporten er kun tillatt gjengitt etter skriftlig godkjennelse av NA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00243FD9" w:rsidP="00243FD9" w14:paraId="6B2D9FC4" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Innsender bekrefter at innholdet i rapporten ikke er i strid med Norsk akkrediterings policy og praksis.</w:t>
+        <w:t xml:space="preserve">Innsender bekrefter at </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>innholdet i rapporten ikke er i strid med Norsk akkrediterings policy og praksis.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EA63AE" w:rsidRPr="006D5119" w:rsidP="00EA63AE" w14:paraId="6B73BBCC" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D5119">
         <w:rPr>
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">This report shall not be reproduced other than in full. Extracts from the report may be reproduced after written approval by Norwegian Accreditation. </w:t>
       </w:r>
       <w:r w:rsidRPr="006D5119">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Submitter confirms that the contents of the report are not in conflict with Norwegian Accreditation’s policy and practice.</w:t>
+        <w:t xml:space="preserve">Submitter </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5119">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>confirms that the contents of the report are not in conflict with Norwegian Accreditation’s policy and practice.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00032409" w:rsidP="00032409" w14:paraId="6B2D9FC5" w14:textId="77777777">
+    <w:p w:rsidR="00032409" w:rsidRPr="003F5013" w:rsidP="00032409" w14:paraId="6B2D9FC5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008B40D0" w:rsidRPr="008B40D0" w:rsidP="008B40D0" w14:paraId="18288D12" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="008B40D0">
         <w:t>Generell informasjon</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008B40D0" w:rsidRPr="008B40D0" w:rsidP="008B40D0" w14:paraId="66B8B0EC" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B40D0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -2501,51 +2546,57 @@
           <w:tblW w:w="9322" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00032409" w14:paraId="07C30A6D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Observert eksaminasjon:</w:t>
+              <w:t xml:space="preserve">Observert </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>eksaminasjon:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DB3B5A" w:rsidRPr="00DB3B5A" w14:paraId="6B2D9FCD" w14:textId="007AA567">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB3B5A">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Examination witnessed</w:t>
             </w:r>
           </w:p>
@@ -2947,203 +2998,222 @@
       </w:tr>
       <w:tr w14:paraId="6B2D9FE2" w14:textId="77777777" w:rsidTr="00032409">
         <w:tblPrEx>
           <w:tblW w:w="9322" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00032409" w14:paraId="7BC598FA" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r>
               <w:t>Dato og varighet av eksaminasjonen:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DB3B5A" w14:paraId="6B2D9FE0" w14:textId="0A82918A">
+          <w:p w:rsidR="00DB3B5A" w:rsidRPr="003F5013" w14:paraId="6B2D9FE0" w14:textId="0A82918A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5119">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Date and duration of the </w:t>
             </w:r>
             <w:r w:rsidR="008B40D0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>examination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00032409" w14:paraId="6B2D9FE1" w14:textId="77777777">
+          <w:p w:rsidR="00032409" w:rsidRPr="003F5013" w14:paraId="6B2D9FE1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="6B2D9FE5" w14:textId="77777777" w:rsidTr="00032409">
         <w:tblPrEx>
           <w:tblW w:w="9322" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00032409" w14:paraId="500CB70E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r>
               <w:t>Dato og varighet av NAs observasjon:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DB3B5A" w14:paraId="6B2D9FE3" w14:textId="12D76922">
+          <w:p w:rsidR="00DB3B5A" w:rsidRPr="003F5013" w14:paraId="6B2D9FE3" w14:textId="12D76922">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5119">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Date and duration of NA’s witnessing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00032409" w14:paraId="6B2D9FE4" w14:textId="77777777">
+          <w:p w:rsidR="00032409" w:rsidRPr="003F5013" w14:paraId="6B2D9FE4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00032409" w:rsidRPr="0060321D" w:rsidP="00032409" w14:paraId="6B2D9FE6" w14:textId="77777777">
+    <w:p w:rsidR="00032409" w:rsidRPr="003F5013" w:rsidP="00032409" w14:paraId="6B2D9FE6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:bCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4077"/>
         <w:gridCol w:w="5245"/>
       </w:tblGrid>
       <w:tr w14:paraId="6B2D9FE9" w14:textId="77777777" w:rsidTr="00032409">
         <w:tblPrEx>
           <w:tblW w:w="9322" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00032409" w14:paraId="565EE061" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Observerende bedømmere/fageksperter:</w:t>
+              <w:t xml:space="preserve">Observerende </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>bedømmere/fageksperter:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00395E3C" w:rsidRPr="00395E3C" w14:paraId="6B2D9FE7" w14:textId="3F4E3464">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00395E3C">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Assessor/expert</w:t>
             </w:r>
           </w:p>
@@ -3199,83 +3269,97 @@
     </w:p>
     <w:p w:rsidR="00395E3C" w:rsidRPr="008B40D0" w:rsidP="00110A7A" w14:paraId="536E30A9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00395E3C" w:rsidRPr="008B40D0" w:rsidP="00110A7A" w14:paraId="0E33DC12" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00032409" w:rsidRPr="008B40D0" w:rsidP="008B40D0" w14:paraId="6B2D9FEC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="008B40D0">
         <w:t>Ivaretok spørsmålene alle krav i det normative dokumentet (førstegangs eksaminasjon/fornyelse)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00032409" w:rsidRPr="008B40D0" w:rsidP="00395E3C" w14:paraId="6B2D9FED" w14:textId="77D97233">
+    <w:p w:rsidR="00032409" w:rsidRPr="003F5013" w:rsidP="00395E3C" w14:paraId="6B2D9FED" w14:textId="77D97233">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008B40D0">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-        <w:t>Did the questions meet all the requirements in the normative document (initial examination/renewal)</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Did the questions meet all the requirements in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>normative document (initial examination/renewal)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395E3C" w:rsidRPr="008B40D0" w:rsidP="00110A7A" w14:paraId="4F265B85" w14:textId="77777777">
+    <w:p w:rsidR="00395E3C" w:rsidRPr="003F5013" w:rsidP="00110A7A" w14:paraId="4F265B85" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E32A73" w:rsidRPr="008B40D0" w:rsidP="00110A7A" w14:paraId="6B2D9FEE" w14:textId="77777777">
+    <w:p w:rsidR="00E32A73" w:rsidRPr="003F5013" w:rsidP="00110A7A" w14:paraId="6B2D9FEE" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="469"/>
         <w:gridCol w:w="278"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="284"/>
       </w:tblGrid>
       <w:tr w14:paraId="6B2D9FF4" w14:textId="77777777" w:rsidTr="00032409">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
@@ -3446,89 +3530,90 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00032409" w14:paraId="6B2D9FF3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00032409" w:rsidRPr="008B40D0" w:rsidP="00032409" w14:paraId="6B2D9FF5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00032409" w:rsidP="008B40D0" w14:paraId="6B2D9FF6" w14:textId="0A18D517">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Var </w:t>
-[...2 lines deleted...]
-        <w:t>innholdet i spørsmålene tilfredsstillende?</w:t>
+        <w:t>Var innholdet i spørsmålene tilfredsstillende?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00032409" w:rsidRPr="00777691" w:rsidP="00071152" w14:paraId="6B2D9FF7" w14:textId="32CFDAC3">
+    <w:p w:rsidR="00032409" w:rsidRPr="003F5013" w:rsidP="00071152" w14:paraId="6B2D9FF7" w14:textId="32CFDAC3">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00777691">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Was the content of the questions satisfactory</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00071152" w:rsidRPr="008B40D0" w:rsidP="00110A7A" w14:paraId="68630A8B" w14:textId="77777777">
+    <w:p w:rsidR="00071152" w:rsidRPr="003F5013" w:rsidP="00110A7A" w14:paraId="68630A8B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E32A73" w:rsidRPr="008B40D0" w:rsidP="00110A7A" w14:paraId="6B2D9FF8" w14:textId="77777777">
+    <w:p w:rsidR="00E32A73" w:rsidRPr="003F5013" w:rsidP="00110A7A" w14:paraId="6B2D9FF8" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="469"/>
         <w:gridCol w:w="278"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="284"/>
       </w:tblGrid>
       <w:tr w14:paraId="6B2D9FFE" w14:textId="77777777" w:rsidTr="00032409">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
@@ -3696,113 +3781,122 @@
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00032409" w:rsidRPr="008B40D0" w:rsidP="00032409" w14:paraId="6B2D9FFF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00032409" w:rsidP="008B40D0" w14:paraId="6B2DA000" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Var eksaminator tilstrekkelig forberedt?</w:t>
+        <w:t xml:space="preserve">Var </w:t>
+      </w:r>
+      <w:r>
+        <w:t>eksaminator tilstrekkelig forberedt?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00032409" w:rsidRPr="008E35D9" w:rsidP="00071152" w14:paraId="6B2DA001" w14:textId="7A48E8A0">
+    <w:p w:rsidR="00032409" w:rsidRPr="003F5013" w:rsidP="00071152" w14:paraId="6B2DA001" w14:textId="7A48E8A0">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="576"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E35D9">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Was the examiner </w:t>
       </w:r>
-      <w:r w:rsidR="008B40D0">
+      <w:r w:rsidRPr="003F5013" w:rsidR="008B40D0">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>satisfactory</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E35D9">
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> prepared?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00071152" w:rsidRPr="008B40D0" w:rsidP="00032409" w14:paraId="29FC177A" w14:textId="77777777">
+    <w:p w:rsidR="00071152" w:rsidRPr="003F5013" w:rsidP="00032409" w14:paraId="29FC177A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:bCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00071152" w:rsidRPr="008B40D0" w:rsidP="00032409" w14:paraId="4F57B696" w14:textId="77777777">
+    <w:p w:rsidR="00071152" w:rsidRPr="003F5013" w:rsidP="00032409" w14:paraId="4F57B696" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:bCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="469"/>
         <w:gridCol w:w="278"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="284"/>
       </w:tblGrid>
       <w:tr w14:paraId="6B2DA007" w14:textId="77777777" w:rsidTr="00032409">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
@@ -3965,83 +4059,117 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00032409" w14:paraId="6B2DA006" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00032409" w:rsidRPr="00032409" w:rsidP="00032409" w14:paraId="6B2DA008" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00032409" w:rsidP="008B40D0" w14:paraId="6B2DA009" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00032409">
         <w:t>Var sammensetningen i laget tilstrekkelig til å gjennomføre faglig tilfredsstillende eksaminasjon?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00507003" w:rsidRPr="008E35D9" w:rsidP="00071152" w14:paraId="6B2DA00A" w14:textId="000D9D46">
+    <w:p w:rsidR="00507003" w:rsidRPr="003F5013" w:rsidP="00071152" w14:paraId="6B2DA00A" w14:textId="000D9D46">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E35D9">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-        <w:t>Was the compostion of the team sufficient to carry out a professional satisfactory examination?</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Was the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>compostion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>team sufficient to carry out a professional satisfactory examination?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00071152" w:rsidRPr="008B40D0" w:rsidP="00507003" w14:paraId="05B4BFC8" w14:textId="77777777">
+    <w:p w:rsidR="00071152" w:rsidRPr="003F5013" w:rsidP="00507003" w14:paraId="05B4BFC8" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E32A73" w:rsidRPr="008B40D0" w:rsidP="00507003" w14:paraId="6B2DA00B" w14:textId="77777777">
+    <w:p w:rsidR="00E32A73" w:rsidRPr="003F5013" w:rsidP="00507003" w14:paraId="6B2DA00B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="469"/>
         <w:gridCol w:w="278"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="284"/>
       </w:tblGrid>
       <w:tr w14:paraId="6B2DA011" w14:textId="77777777" w:rsidTr="00032409">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
@@ -4454,92 +4582,93 @@
           </w:tcPr>
           <w:p w:rsidR="00032409" w:rsidRPr="00032409" w:rsidP="00032409" w14:paraId="6B2DA01A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00032409" w:rsidRPr="0060321D" w:rsidP="00032409" w14:paraId="6B2DA01C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00032409" w:rsidP="008B40D0" w14:paraId="6B2DA01D" w14:textId="0EBFE7DF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Var eksaminators tekniske kompetanse </w:t>
-[...2 lines deleted...]
-        <w:t>tilfredsstillende</w:t>
+        <w:t>Var eksaminators tekniske kompetanse tilfredsstillende</w:t>
       </w:r>
       <w:r w:rsidR="008E35D9">
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00032409" w:rsidRPr="008E35D9" w:rsidP="008E35D9" w14:paraId="6B2DA01E" w14:textId="732F0B48">
+    <w:p w:rsidR="00032409" w:rsidRPr="003F5013" w:rsidP="008E35D9" w14:paraId="6B2DA01E" w14:textId="732F0B48">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E35D9">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Was the examiner’s technical competence satisfactory?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E35D9" w:rsidRPr="008B40D0" w:rsidP="00110A7A" w14:paraId="502D7E6C" w14:textId="77777777">
+    <w:p w:rsidR="008E35D9" w:rsidRPr="003F5013" w:rsidP="00110A7A" w14:paraId="502D7E6C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E35D9" w:rsidRPr="008B40D0" w:rsidP="00110A7A" w14:paraId="6135C662" w14:textId="77777777">
+    <w:p w:rsidR="008E35D9" w:rsidRPr="003F5013" w:rsidP="00110A7A" w14:paraId="6135C662" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00032409" w:rsidP="008B40D0" w14:paraId="6B2DA01F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Briefing</w:t>
       </w:r>
       <w:r w:rsidR="00587DF5">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>møte</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00032409" w:rsidRPr="008B40D0" w:rsidP="009A7A28" w14:paraId="6B2DA020" w14:textId="604F9033">
       <w:pPr>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="20"/>
@@ -4879,63 +5008,65 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> exsisting accreditation(s)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, (with reservations if not all activities have been completed or nonconformities are found)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008870E1" w:rsidRPr="008B40D0" w:rsidP="00110A7A" w14:paraId="727B1DC0" w14:textId="77777777">
+    <w:p w:rsidR="008870E1" w:rsidRPr="003F5013" w:rsidP="00110A7A" w14:paraId="727B1DC0" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008870E1" w:rsidRPr="008B40D0" w:rsidP="00110A7A" w14:paraId="17780644" w14:textId="77777777">
+    <w:p w:rsidR="008870E1" w:rsidRPr="003F5013" w:rsidP="00110A7A" w14:paraId="17780644" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00032409" w:rsidP="00032409" w14:paraId="6B2DA02D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Tidsfrist for korrigerende tiltak:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00032409" w:rsidRPr="009213EB" w:rsidP="00110A7A" w14:paraId="6B2DA02E" w14:textId="358E8B69">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009213EB">
@@ -4968,642 +5099,816 @@
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Anbefaling om suspensjon </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(om relevant)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00032409" w:rsidRPr="009213EB" w:rsidP="00110A7A" w14:paraId="6B2DA031" w14:textId="1EBF03FC">
+    <w:p w:rsidR="00032409" w:rsidRPr="003F5013" w:rsidP="00110A7A" w14:paraId="6B2DA031" w14:textId="1EBF03FC">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009213EB">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A570C7">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Recommandation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009213EB">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of suspension (if </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013" w:rsidR="00A570C7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>applicable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00032409" w:rsidP="00032409" w14:paraId="6B2DA032" w14:textId="77777777">
+    <w:p w:rsidR="00032409" w:rsidRPr="003F5013" w:rsidP="00032409" w14:paraId="6B2DA032" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:bCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0060321D" w:rsidRPr="0060321D" w:rsidP="00032409" w14:paraId="1B64654F" w14:textId="77777777">
+    <w:p w:rsidR="0060321D" w:rsidRPr="003F5013" w:rsidP="00032409" w14:paraId="1B64654F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:bCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00032409" w:rsidP="00032409" w14:paraId="6B2DA033" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Anbefaling om ikke å innvilge søknad om utvidelse </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(om relevant)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00877A9E" w:rsidRPr="009213EB" w:rsidP="00032409" w14:paraId="6B2DA034" w14:textId="3C3CE02C">
+    <w:p w:rsidR="00877A9E" w:rsidRPr="003F5013" w:rsidP="00032409" w14:paraId="6B2DA034" w14:textId="3C3CE02C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009213EB">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="0072139F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Recommandation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A570C7">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013" w:rsidR="0072139F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>not to grant the application of extension</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013" w:rsidR="00A570C7">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (if applicable)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00032409" w:rsidRPr="005D3F25" w:rsidP="00032409" w14:paraId="6B2DA036" w14:textId="77777777">
+    <w:p w:rsidR="00032409" w:rsidRPr="003F5013" w:rsidP="00032409" w14:paraId="6B2DA036" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="705" w:hanging="705"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00032409" w:rsidRPr="005D3F25" w:rsidP="00032409" w14:paraId="6B2DA037" w14:textId="77777777">
+    <w:p w:rsidR="00032409" w:rsidRPr="003F5013" w:rsidP="00032409" w14:paraId="6B2DA037" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="705" w:hanging="705"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00032409" w:rsidP="00032409" w14:paraId="6B2DA038" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="705" w:hanging="705"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D3F25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:t>Vedlegg</w:t>
       </w:r>
       <w:r w:rsidRPr="005D3F25">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(ta bort det som ikke er relevant)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0072139F" w:rsidRPr="0072139F" w:rsidP="00032409" w14:paraId="263130A7" w14:textId="0670C9E3">
+    <w:p w:rsidR="0072139F" w:rsidRPr="003F5013" w:rsidP="00032409" w14:paraId="263130A7" w14:textId="0670C9E3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="705" w:hanging="705"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3F25">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="nb-NO"/>
+          <w:lang w:val="en-US" w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:t>Attachments</w:t>
       </w:r>
-      <w:r w:rsidRPr="0072139F">
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-          <w:lang w:eastAsia="nb-NO"/>
+          <w:lang w:val="en-US" w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0072139F">
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:eastAsia="nb-NO"/>
+          <w:lang w:val="en-US" w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="0072139F">
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:eastAsia="nb-NO"/>
+          <w:lang w:val="en-US" w:eastAsia="nb-NO"/>
         </w:rPr>
         <w:t>remove what is not relevant)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0072139F" w:rsidP="00110A7A" w14:paraId="3A5AD439" w14:textId="77777777">
+    <w:p w:rsidR="0072139F" w:rsidRPr="003F5013" w:rsidP="00110A7A" w14:paraId="3A5AD439" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00032409" w:rsidP="00110A7A" w14:paraId="6B2DA039" w14:textId="606FC163">
+    <w:p w:rsidR="00032409" w:rsidRPr="003F5013" w:rsidP="00110A7A" w14:paraId="6B2DA039" w14:textId="606FC163">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-        <w:t>Avviksrapporter (NA-S22)</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Avviksrapporter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NA-S22)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0072139F" w:rsidRPr="0072139F" w:rsidP="00110A7A" w14:paraId="294063CB" w14:textId="13F835B7">
+    <w:p w:rsidR="0072139F" w:rsidRPr="003F5013" w:rsidP="00110A7A" w14:paraId="294063CB" w14:textId="13F835B7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Non-conformity</w:t>
       </w:r>
-      <w:r w:rsidRPr="0072139F" w:rsidR="00836363">
+      <w:r w:rsidRPr="003F5013" w:rsidR="00836363">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> report</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00032409" w:rsidP="00110A7A" w14:paraId="6B2DA03A" w14:textId="77777777">
+    <w:p w:rsidR="00032409" w:rsidRPr="003F5013" w:rsidP="00110A7A" w14:paraId="6B2DA03A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Antall meget alvorlig avvik: </w:t>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Antall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>meget</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alvorlig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>avvik</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0072139F" w:rsidRPr="0072139F" w:rsidP="00110A7A" w14:paraId="3E4E8A7B" w14:textId="34317C02">
+    <w:p w:rsidR="0072139F" w:rsidRPr="003F5013" w:rsidP="00110A7A" w14:paraId="3E4E8A7B" w14:textId="34317C02">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0072139F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Number of</w:t>
       </w:r>
-      <w:r w:rsidR="002F76A5">
+      <w:r w:rsidRPr="003F5013" w:rsidR="002F76A5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> very serious non</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="002F76A5">
+      <w:r w:rsidRPr="003F5013" w:rsidR="002F76A5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>conformities</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00032409" w:rsidP="00110A7A" w14:paraId="6B2DA03B" w14:textId="77777777">
+    <w:p w:rsidR="00032409" w:rsidRPr="003F5013" w:rsidP="00110A7A" w14:paraId="6B2DA03B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Antall vesentlige avvik:</w:t>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Antall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vesentlige</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>avvik</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0072139F" w:rsidRPr="0072139F" w:rsidP="00110A7A" w14:paraId="403551EC" w14:textId="696F30FD">
+    <w:p w:rsidR="0072139F" w:rsidRPr="003F5013" w:rsidP="00110A7A" w14:paraId="403551EC" w14:textId="696F30FD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0072139F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Number of </w:t>
       </w:r>
-      <w:r w:rsidR="002F76A5">
+      <w:r w:rsidRPr="003F5013" w:rsidR="002F76A5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>essential non</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="002F76A5">
+      <w:r w:rsidRPr="003F5013" w:rsidR="002F76A5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>conformities</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00243FD9" w:rsidP="00243FD9" w14:paraId="6B2DA03C" w14:textId="77777777">
+    <w:p w:rsidR="00243FD9" w:rsidRPr="003F5013" w:rsidP="00243FD9" w14:paraId="6B2DA03C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Antall mindre avvik:</w:t>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Antall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mindre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>avvik</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5013">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00243FD9" w:rsidRPr="0072139F" w:rsidP="00110A7A" w14:paraId="6B2DA03D" w14:textId="69B75910">
+    <w:p w:rsidR="00243FD9" w:rsidRPr="003F5013" w:rsidP="00110A7A" w14:paraId="6B2DA03D" w14:textId="69B75910">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0072139F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Number of minor </w:t>
       </w:r>
-      <w:r w:rsidR="00777691">
+      <w:r w:rsidRPr="003F5013" w:rsidR="00777691">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>non</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003F5013">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00777691">
+      <w:r w:rsidRPr="003F5013" w:rsidR="00777691">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>conformities</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00032409" w:rsidP="00032409" w14:paraId="6B2DA03E" w14:textId="77777777">
+    <w:p w:rsidR="00032409" w:rsidRPr="003F5013" w:rsidP="00032409" w14:paraId="6B2DA03E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0011184F" w:rsidRPr="00032409" w:rsidP="00110A7A" w14:paraId="6B2DA03F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Organisasjonen har rett til å klage på faktiske feil i rapporten.  Slik klage må foreligge senest 3 uker etter at rapport er oversendt fra NA.</w:t>
       </w:r>
       <w:r w:rsidR="00110A7A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0072139F" w:rsidRPr="0083066B" w:rsidP="0072139F" w14:paraId="38D40487" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083066B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The organization has the right to complaint against actual errors in the report.  A complaint must be presented within 3 weeks after this report has been sent from NA.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B2FA0" w:rsidRPr="00032409" w14:paraId="6B2DA040" w14:textId="77777777">
+    <w:p w:rsidR="006B2FA0" w:rsidRPr="003F5013" w14:paraId="6B2DA040" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidSect="00B37ADD">
       <w:headerReference w:type="even" r:id="rId5"/>
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="1418" w:bottom="851" w:left="1418" w:header="851" w:footer="454" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="245"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:p w:rsidR="0034634F" w14:paraId="6B2DA045" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9989" w:type="dxa"/>
       <w:tblLook w:val="01E0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2209"/>
       <w:gridCol w:w="1727"/>
       <w:gridCol w:w="1714"/>
       <w:gridCol w:w="2244"/>
       <w:gridCol w:w="2095"/>
     </w:tblGrid>
     <w:tr w14:paraId="6B2DA052" w14:textId="77777777" w:rsidTr="006F484C">
       <w:tblPrEx>
         <w:tblW w:w="9989" w:type="dxa"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="765"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2209" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00B37ADD" w:rsidP="00EA63AE" w14:paraId="6B2DA046" w14:textId="77777777">
@@ -5639,51 +5944,51 @@
         <w:tcPr>
           <w:tcW w:w="1727" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00B37ADD" w:rsidP="00EA63AE" w14:paraId="6B2DA048" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:t>Sign.:</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00B37ADD" w:rsidP="00EA63AE" w14:paraId="6B2DA049" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Signatur </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
-            <w:t>Tove Kristin Dokka</w:t>
+            <w:t>Pia Backe-Hansen</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1714" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00B37ADD" w:rsidP="00EA63AE" w14:paraId="6B2DA04A" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:t>Dok.ID:</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00B37ADD" w:rsidRPr="00C42479" w:rsidP="00EA63AE" w14:paraId="6B2DA04B" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
@@ -5705,69 +6010,69 @@
         <w:tcPr>
           <w:tcW w:w="2244" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00B37ADD" w:rsidP="00EA63AE" w14:paraId="6B2DA04C" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:t>Ver.:</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00B37ADD" w:rsidP="00EA63AE" w14:paraId="6B2DA04D" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
-            <w:t>4.00</w:t>
+            <w:t>5.00</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> / </w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_GjelderFra </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
-            <w:t>30.01.2024</w:t>
+            <w:t>16.02.2026</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2095" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00B37ADD" w:rsidP="00EA63AE" w14:paraId="6B2DA04E" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r w:rsidRPr="000F51D8">
             <w:t>Side /Page:</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00B37ADD" w:rsidP="00EA63AE" w14:paraId="6B2DA04F" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
@@ -5799,129 +6104,132 @@
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="000F51D8">
             <w:instrText>NUMPAGES</w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="000F51D8">
             <w:t>3</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="000F51D8">
             <w:t>)</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00EC32E0" w:rsidRPr="000F51D8" w:rsidP="00EA63AE" w14:paraId="6B2DA050" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r w:rsidRPr="000F51D8">
-            <w:t>Saksnr / File No.:</w:t>
+            <w:t>Saksnr</w:t>
           </w:r>
-          <w:bookmarkStart w:id="1" w:name="skasnr"/>
-          <w:bookmarkEnd w:id="1"/>
+          <w:r w:rsidRPr="000F51D8">
+            <w:t xml:space="preserve"> / File No.:</w:t>
+          </w:r>
+          <w:bookmarkStart w:id="0" w:name="skasnr"/>
+          <w:bookmarkEnd w:id="0"/>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00DE5D0C">
             <w:rPr>
               <w:highlight w:val="yellow"/>
             </w:rPr>
             <w:t>XX/XXXX</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00B37ADD" w:rsidRPr="000F51D8" w:rsidP="00EA63AE" w14:paraId="6B2DA051" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00A03076" w:rsidRPr="00032409" w14:paraId="6B2DA053" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="nn-NO"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:p w:rsidR="0034634F" w14:paraId="6B2DA055" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:p w:rsidR="0034634F" w14:paraId="6B2DA043" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:p w:rsidR="007C157B" w:rsidRPr="00721758" w:rsidP="00721758" w14:paraId="6B2DA044" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:p w:rsidR="0034634F" w14:paraId="6B2DA054" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="081F42FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B4679E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6242,220 +6550,220 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1802188252">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="605697506">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1332024200">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="615912793">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="669213831">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1252354796">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="404039170">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="872114629">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="582950920">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1993439628">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1304892327">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="2113236975">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="450057544">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1767144314">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="143201115">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1291012473">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="935282249">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1637486374">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="180"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:printFractionalCharacterWidth/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="90"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0064502B"/>
     <w:rsid w:val="0001004E"/>
     <w:rsid w:val="00023674"/>
     <w:rsid w:val="00032050"/>
     <w:rsid w:val="00032409"/>
     <w:rsid w:val="000347DC"/>
@@ -6498,50 +6806,51 @@
     <w:rsid w:val="002928CF"/>
     <w:rsid w:val="002A5A6A"/>
     <w:rsid w:val="002D32EE"/>
     <w:rsid w:val="002F020D"/>
     <w:rsid w:val="002F76A5"/>
     <w:rsid w:val="0031702A"/>
     <w:rsid w:val="00322FA7"/>
     <w:rsid w:val="003404D0"/>
     <w:rsid w:val="00341F15"/>
     <w:rsid w:val="00343038"/>
     <w:rsid w:val="0034634F"/>
     <w:rsid w:val="00356DC7"/>
     <w:rsid w:val="00364E37"/>
     <w:rsid w:val="00373690"/>
     <w:rsid w:val="003757CA"/>
     <w:rsid w:val="003820F0"/>
     <w:rsid w:val="003845C9"/>
     <w:rsid w:val="00395E3C"/>
     <w:rsid w:val="00395F3D"/>
     <w:rsid w:val="003A2A50"/>
     <w:rsid w:val="003A764A"/>
     <w:rsid w:val="003B5BF3"/>
     <w:rsid w:val="003C5F29"/>
     <w:rsid w:val="003D1663"/>
     <w:rsid w:val="003E66EF"/>
+    <w:rsid w:val="003F5013"/>
     <w:rsid w:val="003F53BC"/>
     <w:rsid w:val="00422A98"/>
     <w:rsid w:val="00425069"/>
     <w:rsid w:val="0043271C"/>
     <w:rsid w:val="004378B6"/>
     <w:rsid w:val="00447A12"/>
     <w:rsid w:val="00451CB1"/>
     <w:rsid w:val="004555A7"/>
     <w:rsid w:val="00465962"/>
     <w:rsid w:val="004705BB"/>
     <w:rsid w:val="0048243E"/>
     <w:rsid w:val="004864A2"/>
     <w:rsid w:val="00496673"/>
     <w:rsid w:val="004A2EF2"/>
     <w:rsid w:val="004B2706"/>
     <w:rsid w:val="004D7309"/>
     <w:rsid w:val="004D76DE"/>
     <w:rsid w:val="004E39FC"/>
     <w:rsid w:val="004F3EC6"/>
     <w:rsid w:val="00505CAF"/>
     <w:rsid w:val="005063CB"/>
     <w:rsid w:val="00507003"/>
     <w:rsid w:val="00516D07"/>
     <w:rsid w:val="00522CBE"/>
     <w:rsid w:val="00541B69"/>
@@ -6582,97 +6891,99 @@
     <w:rsid w:val="006D5119"/>
     <w:rsid w:val="006D6741"/>
     <w:rsid w:val="006E0667"/>
     <w:rsid w:val="0070106B"/>
     <w:rsid w:val="007029D6"/>
     <w:rsid w:val="00720074"/>
     <w:rsid w:val="00720C00"/>
     <w:rsid w:val="0072139F"/>
     <w:rsid w:val="00721758"/>
     <w:rsid w:val="0075180C"/>
     <w:rsid w:val="007618CA"/>
     <w:rsid w:val="00773E5D"/>
     <w:rsid w:val="0077680E"/>
     <w:rsid w:val="0077707A"/>
     <w:rsid w:val="00777691"/>
     <w:rsid w:val="00777A70"/>
     <w:rsid w:val="00787315"/>
     <w:rsid w:val="0078769E"/>
     <w:rsid w:val="00794059"/>
     <w:rsid w:val="007A4C70"/>
     <w:rsid w:val="007B2C56"/>
     <w:rsid w:val="007B466E"/>
     <w:rsid w:val="007C157B"/>
     <w:rsid w:val="007C6FB2"/>
     <w:rsid w:val="007D0861"/>
+    <w:rsid w:val="007E3C33"/>
     <w:rsid w:val="007E3D56"/>
     <w:rsid w:val="007F31FF"/>
     <w:rsid w:val="00801417"/>
     <w:rsid w:val="00802236"/>
     <w:rsid w:val="00811D01"/>
     <w:rsid w:val="00821A08"/>
     <w:rsid w:val="00824FF0"/>
     <w:rsid w:val="0083066B"/>
     <w:rsid w:val="00836363"/>
     <w:rsid w:val="00852D42"/>
     <w:rsid w:val="00854814"/>
     <w:rsid w:val="0085793F"/>
     <w:rsid w:val="00865AD6"/>
     <w:rsid w:val="00877A9E"/>
     <w:rsid w:val="008870E1"/>
     <w:rsid w:val="008B2E82"/>
     <w:rsid w:val="008B40D0"/>
     <w:rsid w:val="008D267C"/>
     <w:rsid w:val="008D3A19"/>
     <w:rsid w:val="008E0958"/>
     <w:rsid w:val="008E35D9"/>
     <w:rsid w:val="008F3B64"/>
     <w:rsid w:val="009040AD"/>
     <w:rsid w:val="009213EB"/>
     <w:rsid w:val="00923547"/>
     <w:rsid w:val="00945092"/>
     <w:rsid w:val="00955053"/>
     <w:rsid w:val="00956209"/>
     <w:rsid w:val="009721C6"/>
     <w:rsid w:val="009732ED"/>
     <w:rsid w:val="0097346A"/>
     <w:rsid w:val="00973DF3"/>
     <w:rsid w:val="00980C3D"/>
     <w:rsid w:val="00987210"/>
     <w:rsid w:val="00987ECC"/>
     <w:rsid w:val="00995B4E"/>
     <w:rsid w:val="009A5DD6"/>
     <w:rsid w:val="009A7A28"/>
     <w:rsid w:val="009D2C61"/>
     <w:rsid w:val="009F1AFE"/>
     <w:rsid w:val="009F325C"/>
     <w:rsid w:val="00A020D1"/>
     <w:rsid w:val="00A03076"/>
     <w:rsid w:val="00A17F92"/>
     <w:rsid w:val="00A229AD"/>
     <w:rsid w:val="00A264E1"/>
     <w:rsid w:val="00A35107"/>
+    <w:rsid w:val="00A41AD4"/>
     <w:rsid w:val="00A52EDA"/>
     <w:rsid w:val="00A569F3"/>
     <w:rsid w:val="00A570C7"/>
     <w:rsid w:val="00A64E0E"/>
     <w:rsid w:val="00AB0A11"/>
     <w:rsid w:val="00AB445D"/>
     <w:rsid w:val="00AB48C2"/>
     <w:rsid w:val="00AE440C"/>
     <w:rsid w:val="00AE5A95"/>
     <w:rsid w:val="00AE74B0"/>
     <w:rsid w:val="00AF0523"/>
     <w:rsid w:val="00AF09D4"/>
     <w:rsid w:val="00B155C4"/>
     <w:rsid w:val="00B26D32"/>
     <w:rsid w:val="00B33B26"/>
     <w:rsid w:val="00B360F7"/>
     <w:rsid w:val="00B37ADD"/>
     <w:rsid w:val="00B5351C"/>
     <w:rsid w:val="00B6087D"/>
     <w:rsid w:val="00B67645"/>
     <w:rsid w:val="00B70D63"/>
     <w:rsid w:val="00B870F2"/>
     <w:rsid w:val="00B87D74"/>
     <w:rsid w:val="00BB0817"/>
     <w:rsid w:val="00BB501E"/>
@@ -6825,51 +7136,51 @@
     <w:docVar w:name="ek_stikkord" w:val="TB sert, sertifisering, eksamen, 17024, witnessing, observasjon"/>
     <w:docVar w:name="EK_TYPE" w:val="DOK"/>
     <w:docVar w:name="ek_utext2" w:val=" "/>
     <w:docVar w:name="ek_utext3" w:val=" "/>
     <w:docVar w:name="ek_utext4" w:val=" "/>
     <w:docVar w:name="ek_utgave" w:val="3.03"/>
     <w:docVar w:name="ek_utgitt" w:val="07.05.2010"/>
     <w:docVar w:name="ek_verifisert" w:val=" "/>
     <w:docVar w:name="Erstatter" w:val="lab_erstatter"/>
     <w:docVar w:name="KHB" w:val="nei"/>
     <w:docVar w:name="skitten" w:val="0"/>
     <w:docVar w:name="Tittel" w:val="Dette er en Test tittel."/>
   </w:docVars>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w14:docId w14:val="6B2D9F89"/>
   <w15:docId w15:val="{92F9E17E-8022-4E23-9D69-ED67ACB795BF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="nb-NO" w:eastAsia="nb-NO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7809,60 +8120,60 @@
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00032409"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IngenmellomromTegn">
     <w:name w:val="Ingen mellomrom Tegn"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="008870E1"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /></Relationships>
 </file>
 
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\pbh\AppData\Roaming\Microsoft\Templates\operativ.dot" TargetMode="External" /></Relationships>
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\USERS\PBH\APPDATA\ROAMING\MICROSOFT\TEMPLATES\OPERATIV.DOT" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="NA-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8108,51 +8419,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>operativ</Template>
+  <Template>OPERATIV_EK3TEMPDISABLED</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>564</Words>
   <Characters>4162</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tittel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -8176,38 +8487,38 @@
   <dc:title>Rapport fra observasjon av eksaminasjon (NA-S9f)</dc:title>
   <dc:subject>0001020102|1.2.1.2.17|</dc:subject>
   <dc:creator>Handbok</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="EK_Bedriftsnavn">
     <vt:lpwstr>Norsk akkreditering</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="EK_DokTittel">
     <vt:lpwstr>Rapport fra observasjon av eksaminasjon (NA-S9f)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="EK_DokType">
     <vt:lpwstr>Rapport/Report</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="EK_DokumentID">
     <vt:lpwstr>D00297</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="EK_GjelderFra">
-    <vt:lpwstr>30.01.2024</vt:lpwstr>
+    <vt:lpwstr>16.02.2026</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="EK_Signatur">
-    <vt:lpwstr>Tove Kristin Dokka</vt:lpwstr>
+    <vt:lpwstr>Pia Backe-Hansen</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="EK_Utgave">
-    <vt:lpwstr>4.00</vt:lpwstr>
+    <vt:lpwstr>5.00</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="EK_Watermark">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>