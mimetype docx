--- v0 (2025-11-03)
+++ v1 (2026-03-25)
@@ -6,51 +6,51 @@
   <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <!-- Generated by Aspose.Words for .NET 23.5.0 -->
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14130" w:type="dxa"/>
         <w:tblInd w:w="-19" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="71" w:type="dxa"/>
           <w:right w:w="71" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12139"/>
         <w:gridCol w:w="1991"/>
       </w:tblGrid>
@@ -584,75 +584,51 @@
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00F203C6" w:rsidRPr="00EB2FB7" w:rsidP="00A17F92" w14:paraId="697497C0" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2FB7">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Akkrediteringsnr</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve">Akkrediteringsnr. - søkernr. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F203C6" w:rsidRPr="00EB2FB7" w:rsidP="00A17F92" w14:paraId="697497C1" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2FB7">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Accreditation no. – application no.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -681,90 +657,71 @@
             <w:tcW w:w="2339" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00F203C6" w:rsidRPr="00EB2FB7" w:rsidP="00A17F92" w14:paraId="697497C3" w14:textId="7B23C290">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2FB7">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dato for </w:t>
-[...7 lines deleted...]
-              <w:t>observasjon</w:t>
+              <w:t>Dato for observasjon</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F203C6" w:rsidRPr="00EB2FB7" w:rsidP="00A17F92" w14:paraId="697497C4" w14:textId="10EFF644">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2FB7">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Date of </w:t>
-[...10 lines deleted...]
-              <w:t>witnessing</w:t>
+              <w:t>Date of witnessing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6055" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="00F203C6" w:rsidRPr="00EB2FB7" w:rsidP="00A17F92" w14:paraId="697497C5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="697497CD" w14:textId="77777777" w:rsidTr="00C54EAE">
@@ -1508,51 +1465,51 @@
           </w:p>
           <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w14:paraId="697497EC" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A50503">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Avmerking1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A50503">
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Avmerking1"/>
             <w:r w:rsidRPr="00A50503">
               <w:instrText xml:space="preserve">FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00A50503">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A50503">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
           <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w14:paraId="697497ED" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12874" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
@@ -1743,51 +1700,51 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w14:paraId="697497FA" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A50503">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Avmerking3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Avmerking3"/>
             <w:r w:rsidRPr="00A50503">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00A50503">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A50503">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
           <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w14:paraId="697497FB" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12874" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
@@ -2161,51 +2118,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w14:paraId="69749813" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A50503">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Avmerking4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Avmerking4"/>
             <w:r w:rsidRPr="00A50503">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00A50503">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A50503">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12874" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w14:paraId="69749814" w14:textId="77777777">
             <w:r w:rsidRPr="00A50503">
               <w:t xml:space="preserve">Det anbefales at følgende elementer i akkrediteringsomfanget </w:t>
             </w:r>
             <w:r w:rsidRPr="00A50503" w:rsidR="00181287">
@@ -2534,51 +2491,51 @@
           <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w14:paraId="6974982C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w14:paraId="6974982D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A50503">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Avmerking3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A50503">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00A50503">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A50503">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w14:paraId="6974982E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12874" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w14:paraId="6974982F" w14:textId="77777777">
@@ -2915,51 +2872,51 @@
           <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w14:paraId="69749845" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w14:paraId="69749846" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A50503">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Avmerking3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A50503">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00A50503">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A50503">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w14:paraId="69749847" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12874" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
@@ -3002,51 +2959,51 @@
         </w:rPr>
         <w:t xml:space="preserve">/ se vedlagt deltagerliste </w:t>
       </w:r>
       <w:r w:rsidRPr="00A50503" w:rsidR="00A31F6D">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A50503">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A50503" w:rsidR="00A31F6D">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A50503" w:rsidR="00A31F6D">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w:rsidP="00F276CE" w14:paraId="6974984E" w14:textId="77777777"/>
     <w:p w:rsidR="00F276CE" w:rsidRPr="00EB2FB7" w:rsidP="00F276CE" w14:paraId="6974984F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2FB7">
         <w:rPr>
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="16"/>
@@ -3144,88 +3101,69 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w:rsidP="00F276CE" w14:paraId="69749852" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w:rsidP="00F276CE" w14:paraId="69749853" w14:textId="77777777"/>
     <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w:rsidP="00F276CE" w14:paraId="69749854" w14:textId="77777777"/>
     <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w:rsidP="00F276CE" w14:paraId="69749855" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A50503">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">Brukes kun ved </w:t>
-[...7 lines deleted...]
-        <w:t>suspensjon</w:t>
+        <w:t>Brukes kun ved suspensjon</w:t>
       </w:r>
       <w:r w:rsidRPr="00A50503">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A50503">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Used</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> only in case of suspension</w:t>
+        <w:t>Used only in case of suspension</w:t>
       </w:r>
       <w:r w:rsidRPr="00A50503">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A50503" w:rsidR="00E74F8B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(kan ev.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A50503">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -3236,61 +3174,51 @@
     </w:p>
     <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w:rsidP="00F276CE" w14:paraId="69749856" w14:textId="77777777"/>
     <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w:rsidP="00F276CE" w14:paraId="69749857" w14:textId="77777777">
       <w:r w:rsidRPr="00A50503">
         <w:t xml:space="preserve">Følgende personer fra organisasjonens ledelse har vært under oppsummeringsmøtet og er informert om suspensjon av ovennevnte deler av akkrediteringsomfanget </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F276CE" w:rsidRPr="00EB2FB7" w:rsidP="00F276CE" w14:paraId="69749858" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2FB7">
         <w:rPr>
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Following persons from the organization's management has been under summery meeting, are informed about suspension of the parts of the accreditation scope described </w:t>
-[...9 lines deleted...]
-        <w:t>above</w:t>
+        <w:t>Following persons from the organization's management has been under summery meeting, are informed about suspension of the parts of the accreditation scope described above</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F276CE" w:rsidRPr="00EB2FB7" w:rsidP="00F276CE" w14:paraId="69749859" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F276CE" w:rsidRPr="00EB2FB7" w:rsidP="00F276CE" w14:paraId="6974985A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="576" w:hanging="576"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2FB7">
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -3400,156 +3328,122 @@
         <w:t xml:space="preserve">Avvik </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2FB7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Non-conformities</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F276CE" w:rsidRPr="00EB2FB7" w:rsidP="00F276CE" w14:paraId="69749860" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2FB7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Avvikene nummereres </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">kronologisk  </w:t>
+        <w:t xml:space="preserve">Avvikene nummereres kronologisk  </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2FB7">
         <w:rPr>
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Non</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2FB7">
         <w:rPr>
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-conformities (NCs) are chronologically numbered.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F276CE" w:rsidRPr="00EB2FB7" w:rsidP="00F276CE" w14:paraId="69749861" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2FB7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Avvikskategoriene </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">er  </w:t>
+        <w:t xml:space="preserve">Avvikskategoriene er  </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2FB7">
         <w:rPr>
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Non</w:t>
-[...7 lines deleted...]
-        <w:t>-conformities</w:t>
+        <w:t>Non-conformities</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2FB7">
         <w:rPr>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> categories are</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2FB7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F276CE" w:rsidRPr="00EB2FB7" w:rsidP="00F276CE" w14:paraId="69749862" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2FB7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">- Meget </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">alvorlig  </w:t>
+        <w:t xml:space="preserve">- Meget alvorlig  </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2FB7">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...7 lines deleted...]
-        <w:t>Det kreves dokumentasjon for implementerte korrigerende tiltak)</w:t>
+        <w:t>(Det kreves dokumentasjon for implementerte korrigerende tiltak)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2FB7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2FB7">
         <w:rPr>
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Very serious</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2FB7">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2FB7">
         <w:rPr>
           <w:sz w:val="16"/>
@@ -3588,60 +3482,51 @@
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
         <w:t>Essential</w:t>
       </w:r>
       <w:r w:rsidRPr="00A50503">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A50503">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A50503">
         <w:rPr>
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Documentation</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> for implemented corrective actions is required)</w:t>
+        <w:t>Documentation for implemented corrective actions is required)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w:rsidP="00F276CE" w14:paraId="69749864" w14:textId="77777777">
       <w:r w:rsidRPr="00A50503">
         <w:t xml:space="preserve">- Mindre </w:t>
       </w:r>
       <w:r w:rsidRPr="00A50503">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(Mindre avvik følges opp ved neste besøk, men det kreves en bekreftelse på at avvikene er korrigert uten å gi en detaljert beskrivelse av korrigerende tiltak)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A50503">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F276CE" w:rsidRPr="00EB2FB7" w:rsidP="00F276CE" w14:paraId="69749865" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -4362,170 +4247,253 @@
               <w:rPr>
                 <w:i/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Root cause analysis (completed by the CAB)</w:t>
             </w:r>
             <w:r w:rsidRPr="00A50503">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w14:paraId="69749886" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w14:paraId="69749887" w14:textId="77777777">
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00EB2FB7">
+          <w:p w:rsidR="00975A07" w:rsidRPr="00A50503" w:rsidP="00975A07" w14:paraId="16866EDE" w14:textId="7CDBCBD6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Avvikets omfang</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A50503">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (fylles av organisasjonen) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00975A07" w:rsidRPr="00975A07" w:rsidP="00975A07" w14:paraId="3E5802E1" w14:textId="02098327">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00975A07">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...71 lines deleted...]
-            <w:r w:rsidRPr="00EB2FB7">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Extent of the non-conformity</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00975A07">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (completed by the CAB)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00975A07">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F276CE" w:rsidRPr="00975A07" w14:paraId="69749887" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w14:paraId="69749888" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A50503">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Korrigerende tiltak (fylles av organisasjonen) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F276CE" w:rsidRPr="00EB2FB7" w14:paraId="69749889" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB2FB7">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Corrective action (completed by the CAB)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB2FB7">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F276CE" w:rsidRPr="00EB2FB7" w14:paraId="6974988A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F276CE" w:rsidRPr="00A50503" w14:paraId="6974988B" w14:textId="15B08D36">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A50503">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vurdering av </w:t>
+            </w:r>
+            <w:r w:rsidR="00975A07">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">avvikets omfang, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A50503" w:rsidR="009E7EB9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">årsaksanalyse </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A50503" w:rsidR="0092468C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">og </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A50503">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">korrigerende tiltak (fylles av bedømmer)  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F276CE" w:rsidRPr="00EB2FB7" w14:paraId="6974988C" w14:textId="4057E689">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB2FB7">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Evaluation of </w:t>
+            </w:r>
+            <w:r w:rsidR="00975A07">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">extent, </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2FB7" w:rsidR="00877E8D">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2FB7" w:rsidR="009E7EB9">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>oot cause analysis</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2FB7" w:rsidR="007C62B1">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
@@ -4802,155 +4770,254 @@
               <w:rPr>
                 <w:i/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Root cause analysis (completed by the CAB)</w:t>
             </w:r>
             <w:r w:rsidRPr="00A50503">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00877E8D" w:rsidRPr="00A50503" w:rsidP="00877E8D" w14:paraId="6974989B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00877E8D" w:rsidRPr="00A50503" w:rsidP="00877E8D" w14:paraId="6974989C" w14:textId="77777777">
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00EB2FB7">
+          <w:p w:rsidR="00975A07" w:rsidRPr="00A50503" w:rsidP="00975A07" w14:paraId="4814CB31" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Avvikets omfang</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A50503">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (fylles av organisasjonen) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00975A07" w:rsidRPr="00975A07" w:rsidP="00975A07" w14:paraId="60C3F9A1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00975A07">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00EB2FB7">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Extent of the non-conformity (completed by the CAB)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00975A07">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00877E8D" w:rsidRPr="00EB2FB7" w:rsidP="00877E8D" w14:paraId="6974989F" w14:textId="77777777">
-[...34 lines deleted...]
-          <w:p w:rsidR="00877E8D" w:rsidRPr="00EB2FB7" w:rsidP="00877E8D" w14:paraId="697498A2" w14:textId="77777777">
+          <w:p w:rsidR="00877E8D" w:rsidRPr="00975A07" w:rsidP="00877E8D" w14:paraId="6974989C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00877E8D" w:rsidRPr="00A50503" w:rsidP="00877E8D" w14:paraId="6974989D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A50503">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Korrigerende tiltak (fylles av organisasjonen) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00877E8D" w:rsidRPr="00EB2FB7" w:rsidP="00877E8D" w14:paraId="6974989E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2FB7">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Evaluation of root cause analysis and corrective actions (completed by the assessor)</w:t>
+              <w:t>Corrective action (completed by the CAB)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB2FB7">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00877E8D" w:rsidRPr="00EB2FB7" w:rsidP="00877E8D" w14:paraId="6974989F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00877E8D" w:rsidRPr="00EB2FB7" w:rsidP="00877E8D" w14:paraId="697498A0" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00877E8D" w:rsidRPr="00A50503" w:rsidP="00877E8D" w14:paraId="697498A1" w14:textId="3968DACC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A50503">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vurdering av </w:t>
+            </w:r>
+            <w:r w:rsidR="00975A07">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>avvikets omfang</w:t>
+            </w:r>
+            <w:r w:rsidR="00975A07">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A50503">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">årsaksanalyse og korrigerende tiltak (fylles av bedømmer)  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00877E8D" w:rsidRPr="00EB2FB7" w:rsidP="00877E8D" w14:paraId="697498A2" w14:textId="7B74E042">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB2FB7">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Evaluation of </w:t>
+            </w:r>
+            <w:r w:rsidR="00975A07">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">extent, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB2FB7">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>root cause analysis and corrective actions (completed by the assessor)</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2FB7">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F276CE" w:rsidRPr="00EB2FB7" w:rsidP="00877E8D" w14:paraId="697498A3" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -5238,60 +5305,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="00F276CE" w:rsidRPr="00EB2FB7" w14:paraId="697498B1" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2FB7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Avvik (fylles av </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">bedømmer)  </w:t>
+              <w:t xml:space="preserve">Avvik (fylles av bedømmer)  </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2FB7">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Non</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2FB7">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-conformity (to be completed by the assessor)</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2FB7">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -5474,80 +5532,61 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="00F276CE" w:rsidRPr="00EB2FB7" w14:paraId="697498BA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2FB7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Avvik (fylles av </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">bedømmer)  </w:t>
+              <w:t xml:space="preserve">Avvik (fylles av bedømmer)  </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2FB7">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Non</w:t>
-[...9 lines deleted...]
-              <w:t>-conformity (to be completed by the assessor)</w:t>
+              <w:t>Non-conformity (to be completed by the assessor)</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2FB7">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2FB7">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
@@ -5751,51 +5790,51 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidSect="00291362">
       <w:headerReference w:type="even" r:id="rId5"/>
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="16840" w:h="11907" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="851" w:header="851" w:footer="454" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="245"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5812,141 +5851,144 @@
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:p w:rsidR="001E440C" w14:paraId="697498C9" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="14082" w:type="dxa"/>
       <w:tblLook w:val="01E0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3114"/>
       <w:gridCol w:w="2435"/>
       <w:gridCol w:w="2416"/>
       <w:gridCol w:w="3164"/>
       <w:gridCol w:w="2953"/>
     </w:tblGrid>
     <w:tr w14:paraId="697498D6" w14:textId="77777777" w:rsidTr="001D7B0E">
       <w:tblPrEx>
         <w:tblW w:w="14082" w:type="dxa"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="684"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3114" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00E32D6F" w:rsidP="00BE1D09" w14:paraId="697498CA" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Bedriftsnavn </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:t>Norsk akkreditering</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
         <w:p w:rsidR="00E32D6F" w:rsidP="00BE1D09" w14:paraId="697498CB" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r w:rsidRPr="009A5DD6">
-            <w:t>Norwegian Accreditation</w:t>
+            <w:t xml:space="preserve">Norwegian </w:t>
+          </w:r>
+          <w:r w:rsidRPr="009A5DD6">
+            <w:t>Accreditation</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2435" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00E32D6F" w:rsidP="00BE1D09" w14:paraId="697498CC" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:t>Sign.:</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00E32D6F" w:rsidP="00BE1D09" w14:paraId="697498CD" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Signatur </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
-            <w:t>BMS</w:t>
+            <w:t>Pia Backe-Hansen</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2416" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00E32D6F" w:rsidP="00BE1D09" w14:paraId="697498CE" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:t>Dok.ID:</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00E32D6F" w:rsidRPr="00C42479" w:rsidP="00C42479" w14:paraId="697498CF" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:color w:val="000080"/>
             </w:rPr>
           </w:pPr>
@@ -5969,86 +6011,89 @@
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:color w:val="000080"/>
             </w:rPr>
             <w:t>D00312</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:color w:val="000080"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3164" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00E32D6F" w:rsidP="00BE1D09" w14:paraId="697498D0" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
-            <w:t>Ver.:</w:t>
+            <w:t>Ver</w:t>
+          </w:r>
+          <w:r>
+            <w:t>.:</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00E32D6F" w:rsidP="00BE1D09" w14:paraId="697498D1" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
-            <w:t>11.04</w:t>
+            <w:t>12.00</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> / </w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_GjelderFra </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
-            <w:t>27.10.2024</w:t>
+            <w:t>18.02.2026</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2953" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00E32D6F" w:rsidP="00BE1D09" w14:paraId="697498D2" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000F51D8">
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
             <w:t>Side /Page:</w:t>
@@ -6057,189 +6102,196 @@
         <w:p w:rsidR="00E32D6F" w:rsidP="00BE1D09" w14:paraId="697498D3" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="000F51D8">
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
             <w:instrText xml:space="preserve">PAGE </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="000F51D8">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:lang w:val="nn-NO" w:eastAsia="nb-NO" w:bidi="ar-SA"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="000F51D8">
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
             <w:t xml:space="preserve">( </w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="000F51D8">
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
             <w:instrText>NUMPAGES</w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="000F51D8">
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="000F51D8">
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
             <w:t>)</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00E32D6F" w:rsidRPr="000F51D8" w:rsidP="00BE1D09" w14:paraId="697498D4" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000F51D8">
             <w:rPr>
               <w:szCs w:val="16"/>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
-            <w:t>Saksnr / File No.:</w:t>
+            <w:t>Saksnr</w:t>
+          </w:r>
+          <w:r w:rsidRPr="000F51D8">
+            <w:rPr>
+              <w:szCs w:val="16"/>
+              <w:lang w:val="nn-NO"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> / File No.:</w:t>
           </w:r>
           <w:bookmarkStart w:id="5" w:name="skasnr"/>
           <w:bookmarkEnd w:id="5"/>
           <w:r>
             <w:rPr>
               <w:szCs w:val="16"/>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00DE5D0C">
             <w:rPr>
               <w:szCs w:val="16"/>
               <w:highlight w:val="yellow"/>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
             <w:t>XX/XXXX</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00E32D6F" w:rsidRPr="000F51D8" w:rsidP="00BE1D09" w14:paraId="697498D5" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00E32D6F" w:rsidRPr="00F203C6" w14:paraId="697498D7" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="nn-NO"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:p w:rsidR="001E440C" w14:paraId="697498D9" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:p w:rsidR="001E440C" w14:paraId="697498C7" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:p w:rsidR="00E32D6F" w:rsidRPr="00721758" w:rsidP="00721758" w14:paraId="697498C8" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:p w:rsidR="001E440C" w14:paraId="697498D8" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="15B4434F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="86AC1A8C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1410" w:hanging="690"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -6611,213 +6663,213 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="856042818">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="226569816">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1471315887">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="822771505">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1705789328">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="134377443">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1653827692">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="2124878457">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1265962631">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1821770719">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1427311764">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="651984686">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="335304595">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1513370949">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="2064405484">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="762533925">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1914002591">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:printFractionalCharacterWidth/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="90"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0064502B"/>
     <w:rsid w:val="0001004E"/>
     <w:rsid w:val="00023674"/>
     <w:rsid w:val="00032050"/>
@@ -6941,78 +6993,81 @@
     <w:rsid w:val="006E0667"/>
     <w:rsid w:val="0070106B"/>
     <w:rsid w:val="00720074"/>
     <w:rsid w:val="00721758"/>
     <w:rsid w:val="007338C5"/>
     <w:rsid w:val="0075180C"/>
     <w:rsid w:val="0076615C"/>
     <w:rsid w:val="00773E5D"/>
     <w:rsid w:val="00777A70"/>
     <w:rsid w:val="00787315"/>
     <w:rsid w:val="0078769E"/>
     <w:rsid w:val="00794059"/>
     <w:rsid w:val="00797F79"/>
     <w:rsid w:val="007B08CC"/>
     <w:rsid w:val="007B2C56"/>
     <w:rsid w:val="007B4349"/>
     <w:rsid w:val="007B466E"/>
     <w:rsid w:val="007C157B"/>
     <w:rsid w:val="007C62B1"/>
     <w:rsid w:val="007C6FB2"/>
     <w:rsid w:val="007E3D56"/>
     <w:rsid w:val="007F08B0"/>
     <w:rsid w:val="007F31FF"/>
     <w:rsid w:val="007F69A4"/>
     <w:rsid w:val="00801417"/>
+    <w:rsid w:val="00806764"/>
     <w:rsid w:val="00811D01"/>
     <w:rsid w:val="00814B68"/>
     <w:rsid w:val="00821A08"/>
     <w:rsid w:val="00824FF0"/>
     <w:rsid w:val="00831A7B"/>
     <w:rsid w:val="00852D42"/>
     <w:rsid w:val="00854814"/>
     <w:rsid w:val="0085793F"/>
     <w:rsid w:val="00865AD6"/>
     <w:rsid w:val="00877E8D"/>
     <w:rsid w:val="008A557F"/>
     <w:rsid w:val="008A6E77"/>
     <w:rsid w:val="008B2E82"/>
     <w:rsid w:val="008D267C"/>
     <w:rsid w:val="008D3729"/>
     <w:rsid w:val="008E0958"/>
     <w:rsid w:val="008E51AF"/>
     <w:rsid w:val="008F3B64"/>
+    <w:rsid w:val="008F5A2C"/>
     <w:rsid w:val="009040AD"/>
     <w:rsid w:val="009140CB"/>
     <w:rsid w:val="00923547"/>
     <w:rsid w:val="0092468C"/>
     <w:rsid w:val="00945092"/>
     <w:rsid w:val="00956209"/>
     <w:rsid w:val="009721C6"/>
     <w:rsid w:val="009732ED"/>
     <w:rsid w:val="0097346A"/>
     <w:rsid w:val="00973DF3"/>
+    <w:rsid w:val="00975A07"/>
     <w:rsid w:val="00980C3D"/>
     <w:rsid w:val="00987210"/>
     <w:rsid w:val="00987ECC"/>
     <w:rsid w:val="00992875"/>
     <w:rsid w:val="00995B4E"/>
     <w:rsid w:val="009A5DD6"/>
     <w:rsid w:val="009D2C61"/>
     <w:rsid w:val="009E7EB9"/>
     <w:rsid w:val="009F325C"/>
     <w:rsid w:val="00A020D1"/>
     <w:rsid w:val="00A03076"/>
     <w:rsid w:val="00A05DBC"/>
     <w:rsid w:val="00A17F92"/>
     <w:rsid w:val="00A229AD"/>
     <w:rsid w:val="00A264E1"/>
     <w:rsid w:val="00A31ED0"/>
     <w:rsid w:val="00A31F6D"/>
     <w:rsid w:val="00A33105"/>
     <w:rsid w:val="00A35107"/>
     <w:rsid w:val="00A411E5"/>
     <w:rsid w:val="00A50503"/>
     <w:rsid w:val="00A51676"/>
     <w:rsid w:val="00A52EDA"/>
     <w:rsid w:val="00A569F3"/>
     <w:rsid w:val="00A937E3"/>
@@ -7028,50 +7083,51 @@
     <w:rsid w:val="00B25A7A"/>
     <w:rsid w:val="00B33B26"/>
     <w:rsid w:val="00B360F7"/>
     <w:rsid w:val="00B37ADD"/>
     <w:rsid w:val="00B37E0A"/>
     <w:rsid w:val="00B5351C"/>
     <w:rsid w:val="00B679E4"/>
     <w:rsid w:val="00B70D63"/>
     <w:rsid w:val="00B8612E"/>
     <w:rsid w:val="00B87D74"/>
     <w:rsid w:val="00B94FD2"/>
     <w:rsid w:val="00BB0817"/>
     <w:rsid w:val="00BB501E"/>
     <w:rsid w:val="00BC4DFD"/>
     <w:rsid w:val="00BD4142"/>
     <w:rsid w:val="00BE1D09"/>
     <w:rsid w:val="00BE2DE1"/>
     <w:rsid w:val="00BF4DBF"/>
     <w:rsid w:val="00C01AD4"/>
     <w:rsid w:val="00C0394B"/>
     <w:rsid w:val="00C1234D"/>
     <w:rsid w:val="00C14C16"/>
     <w:rsid w:val="00C160CD"/>
     <w:rsid w:val="00C21641"/>
     <w:rsid w:val="00C22BE2"/>
+    <w:rsid w:val="00C232F9"/>
     <w:rsid w:val="00C34F40"/>
     <w:rsid w:val="00C42479"/>
     <w:rsid w:val="00C5316C"/>
     <w:rsid w:val="00C54EAE"/>
     <w:rsid w:val="00C63A17"/>
     <w:rsid w:val="00C763B5"/>
     <w:rsid w:val="00CC6E44"/>
     <w:rsid w:val="00CD20F3"/>
     <w:rsid w:val="00CE5F39"/>
     <w:rsid w:val="00CE6209"/>
     <w:rsid w:val="00CE7BBD"/>
     <w:rsid w:val="00D0487E"/>
     <w:rsid w:val="00D07FC1"/>
     <w:rsid w:val="00D13796"/>
     <w:rsid w:val="00D140C1"/>
     <w:rsid w:val="00D14E18"/>
     <w:rsid w:val="00D16EF7"/>
     <w:rsid w:val="00D21082"/>
     <w:rsid w:val="00D21532"/>
     <w:rsid w:val="00D21993"/>
     <w:rsid w:val="00D36631"/>
     <w:rsid w:val="00D532B4"/>
     <w:rsid w:val="00D9382D"/>
     <w:rsid w:val="00DA115E"/>
     <w:rsid w:val="00DA59E8"/>
@@ -7184,51 +7240,51 @@
     <w:docVar w:name="ek_utext3" w:val=" "/>
     <w:docVar w:name="ek_utext4" w:val=" "/>
     <w:docVar w:name="ek_utgave" w:val="11.00"/>
     <w:docVar w:name="ek_utgitt" w:val="15.01.2013"/>
     <w:docVar w:name="ek_verifisert" w:val=" "/>
     <w:docVar w:name="Erstatter" w:val="lab_erstatter"/>
     <w:docVar w:name="KHB" w:val="UB"/>
     <w:docVar w:name="skitten" w:val="0"/>
     <w:docVar w:name="tidek_eksref" w:val="--"/>
     <w:docVar w:name="tidek_referanse" w:val="--"/>
     <w:docVar w:name="tidek_vedlegg" w:val="--"/>
     <w:docVar w:name="Tittel" w:val="Dette er en Test tittel."/>
   </w:docVars>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w14:docId w14:val="697497B6"/>
   <w15:docId w15:val="{EE4B6AA0-DD92-4165-9BBF-169E17641A0C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="nb-NO" w:eastAsia="nb-NO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8179,60 +8235,60 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift4Tegn">
     <w:name w:val="Overskrift 4 Tegn"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:rsid w:val="00AA12E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="1F497D" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift6Tegn">
     <w:name w:val="Overskrift 6 Tegn"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:rsid w:val="00AA12E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /></Relationships>
 </file>
 
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\sbe\AppData\Roaming\Microsoft\Templates\OPERATIV.DOT" TargetMode="External" /></Relationships>
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\USERS\SBE\APPDATA\ROAMING\MICROSOFT\TEMPLATES\OPERATIV.DOT" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8495,105 +8551,105 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{567DBCE0-3491-44B7-8A4B-313D4BF66100}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>OPERATIV_EK3TEMPDISABLED</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>4671</Characters>
+  <Pages>6</Pages>
+  <Words>723</Words>
+  <Characters>4818</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>301</Lines>
+  <Paragraphs>142</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tittel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>NA-S22: Oppsummerings- og avviksrapport_x000d_
 Summary and NC report</vt:lpstr>
       <vt:lpstr>Standard</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Datakvalitet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5287</CharactersWithSpaces>
+  <CharactersWithSpaces>5399</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Oppsummerings- og avviksrapport / Summary and NC report</dc:title>
   <dc:subject>000602|6.2.44|</dc:subject>
   <dc:creator>Handbok</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="EK_Bedriftsnavn">
     <vt:lpwstr>Norsk akkreditering</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="EK_DokTittel">
     <vt:lpwstr>Oppsummerings- og avviksrapport / Summary and NC report</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="EK_DokType">
     <vt:lpwstr>Skjema</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="EK_DokumentID">
     <vt:lpwstr>D00312</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="EK_GjelderFra">
-    <vt:lpwstr>27.10.2024</vt:lpwstr>
+    <vt:lpwstr>18.02.2026</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="EK_Signatur">
-    <vt:lpwstr>BMS</vt:lpwstr>
+    <vt:lpwstr>Pia Backe-Hansen</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="EK_Utgave">
-    <vt:lpwstr>11.04</vt:lpwstr>
+    <vt:lpwstr>12.00</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="EK_Watermark">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>