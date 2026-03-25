--- v0 (2025-11-03)
+++ v1 (2026-03-25)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
   <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <!-- Generated by Aspose.Words for .NET 23.5.0 -->
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:tblInd w:w="-15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="71" w:type="dxa"/>
           <w:right w:w="71" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1844"/>
         <w:gridCol w:w="2553"/>
         <w:gridCol w:w="2552"/>
@@ -67,98 +67,97 @@
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00500816" w14:paraId="171572D1" w14:textId="77777777">
+          <w:p w:rsidR="00500816" w:rsidP="00890DD4" w14:paraId="171572D1" w14:textId="00A10B70">
             <w:pPr>
               <w:pStyle w:val="Subtitle"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="tempHer"/>
-[...1 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00643195">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1074420" cy="635635"/>
-[...1 lines deleted...]
-                  <wp:docPr id="1" name="Bilde 1"/>
+                  <wp:extent cx="984250" cy="558198"/>
+                  <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+                  <wp:docPr id="699027644" name="Bilde 2" descr="Et bilde som inneholder Grafikk, skjermbilde, grafisk design, design&#10;&#10;KI-generert innhold kan være feil."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="1" name="Bilde 1"/>
+                          <pic:cNvPr id="699027644" name="Bilde 2" descr="Et bilde som inneholder Grafikk, skjermbilde, grafisk design, design&#10;&#10;KI-generert innhold kan være feil."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4">
+                          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print">
                             <a:extLst>
                               <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1074420" cy="635635"/>
+                            <a:ext cx="984250" cy="558198"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
@@ -172,164 +171,177 @@
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5811" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00500816" w:rsidRPr="00324EAD" w14:paraId="171572D2" w14:textId="77777777">
+          <w:p w:rsidR="00500816" w:rsidRPr="008832C4" w14:paraId="171572D2" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Norskakkreditering"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
             </w:r>
-            <w:r w:rsidRPr="00324EAD">
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_DokTittel </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00324EAD">
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Ekspertiseområder og produktgrupper for GLP</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00500816" w14:paraId="171572D3" w14:textId="77777777">
+          <w:p w:rsidR="00500816" w:rsidRPr="008832C4" w14:paraId="171572D3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Norskakkreditering"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Dok.id.:</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_DokumentID </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>D00349</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="171572D8" w14:textId="77777777" w:rsidTr="00F10369">
         <w:tblPrEx>
           <w:tblW w:w="9360" w:type="dxa"/>
           <w:tblInd w:w="-15" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
@@ -348,115 +360,122 @@
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
                 <w:iCs/>
                 <w:color w:val="000080"/>
                 <w:spacing w:val="15"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5811" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00500816" w14:paraId="171572D6" w14:textId="77777777">
+          <w:p w:rsidR="00500816" w:rsidRPr="008832C4" w14:paraId="171572D6" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00500816" w14:paraId="171572D7" w14:textId="77777777">
+          <w:p w:rsidR="00500816" w:rsidRPr="008832C4" w14:paraId="171572D7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Norskakkreditering"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_DokType </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Skjema</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="171572E0" w14:textId="77777777" w:rsidTr="00F10369">
         <w:tblPrEx>
           <w:tblW w:w="9360" w:type="dxa"/>
           <w:tblInd w:w="-15" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
@@ -478,5969 +497,6698 @@
                 <w:iCs/>
                 <w:color w:val="000080"/>
                 <w:spacing w:val="15"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="56" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="56" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00500816" w14:paraId="171572DA" w14:textId="77777777">
+          <w:p w:rsidR="00500816" w:rsidRPr="008832C4" w14:paraId="171572DA" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Norskakkreditering"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Godkjent</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+              <w:t xml:space="preserve">Godkjent av: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00500816" w14:paraId="171572DB" w14:textId="77777777">
+          <w:p w:rsidR="00500816" w:rsidRPr="008832C4" w14:paraId="171572DB" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_Signatur </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Pia Backe-Hansen</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="56" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="56" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00500816" w14:paraId="171572DC" w14:textId="77777777">
+          <w:p w:rsidR="00500816" w:rsidRPr="008832C4" w14:paraId="171572DC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Norskakkreditering"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Versjon</w:t>
-[...6 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Versjon:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00500816" w14:paraId="171572DD" w14:textId="77777777">
+          <w:p w:rsidR="00500816" w:rsidRPr="008832C4" w14:paraId="171572DD" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>7.00</w:t>
+              <w:t>7.01</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="56" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="56" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00500816" w14:paraId="171572DE" w14:textId="77777777">
+          <w:p w:rsidR="00500816" w:rsidRPr="008832C4" w14:paraId="171572DE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Norskakkreditering"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Gyldig</w:t>
+              <w:t>Gyldig fra:</w:t>
             </w:r>
-            <w:r>
+          </w:p>
+          <w:p w:rsidR="00500816" w:rsidRPr="008832C4" w14:paraId="171572DF" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:lang w:val="en-GB"/>
-[...24 lines deleted...]
-                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_GjelderFra </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>11.06.2024</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008832C4">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="005F0B7F" w:rsidP="0002088F" w14:paraId="6DDBD855" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00611618" w:rsidP="0002088F" w14:paraId="593CD058" w14:textId="304F50CF">
+    <w:p w:rsidR="00611618" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="593CD058" w14:textId="304F50CF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F7379">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Søknadsomfang</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Søknadsomfang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008832C4" w:rsidR="0044003A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>for GLP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">for </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008832C4" w:rsidR="0044003A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>GLP</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>samsvar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0002088F" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="0321E8A5" w14:textId="65D60ECD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Organisasjonsnavn:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0002088F" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="2A599B42" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F43BF6" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="171572E1" w14:textId="7E414DFB">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>samsvar</w:t>
-[...19 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t>Kryss av for ekspertiseområde</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008832C4" w:rsidR="003A4962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>(r)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008832C4" w:rsidR="00324EAD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Kryss av for ekspertiseområde</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> og produktgruppe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008832C4" w:rsidR="003A4962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(r)</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F7379" w:rsidR="00324EAD">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4" w:rsidR="0044003A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> og produktgruppe</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D1F73" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="135FF32C" w14:textId="77777777">
-[...6 lines deleted...]
-    <w:p w:rsidR="00F43BF6" w:rsidRPr="00611618" w:rsidP="0002088F" w14:paraId="171572EE" w14:textId="73E10467">
+    <w:p w:rsidR="006D1F73" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="135FF32C" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F43BF6" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="171572EE" w14:textId="73E10467">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0010701D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Ekspertiseområde:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F43BF6" w:rsidP="0002088F" w14:paraId="171572EF" w14:textId="62FEC9D0">
-[...7 lines deleted...]
-          <w:sz w:val="16"/>
+    <w:p w:rsidR="00F43BF6" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="171572EF" w14:textId="62FEC9D0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...1 lines deleted...]
-          <w:sz w:val="16"/>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="16"/>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...1 lines deleted...]
-          <w:sz w:val="16"/>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...1 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Fysisk - kjemisk testing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002088F" w:rsidP="0002088F" w14:paraId="5CF09A7F" w14:textId="77777777">
+    <w:p w:rsidR="0002088F" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="5CF09A7F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00324EAD" w:rsidRPr="003A4962" w:rsidP="0002088F" w14:paraId="7BAA5486" w14:textId="4AA5FD3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="7BAA5486" w14:textId="4AA5FD3B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C91CF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Produktgrupper:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="507985ED" w14:textId="77777777">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="507985ED" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Merk1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Industrikjemikalier</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="6113A8A4" w14:textId="77777777">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="6113A8A4" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til humant bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="4A3989B9" w14:textId="77777777">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="4A3989B9" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til veterinærmedisinsk bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="1C655880" w14:textId="77777777">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="1C655880" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pesticider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="7700D541" w14:textId="77777777">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="7700D541" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Tilsetningsstoffer til matvarer </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="760205A3" w14:textId="77777777">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="760205A3" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...12 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kosmetikk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidRPr="00F10369" w:rsidP="0002088F" w14:paraId="469F3520" w14:textId="77777777">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="469F3520" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Biocider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="6391297F" w14:textId="125B3F88">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="6391297F" w14:textId="125B3F88">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Andre</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spesifiser:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidP="0002088F" w14:paraId="0B57970B" w14:textId="77777777">
-[...6 lines deleted...]
-    <w:p w:rsidR="0002088F" w:rsidP="0002088F" w14:paraId="4D5E4039" w14:textId="77777777">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="0B57970B" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0002088F" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="4D5E4039" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00324EAD" w:rsidRPr="00611618" w:rsidP="0002088F" w14:paraId="4A3969BC" w14:textId="337C949E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="4A3969BC" w14:textId="337C949E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0010701D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Ekspertiseområde:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidP="0002088F" w14:paraId="179A2C30" w14:textId="6A1E1387">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="179A2C30" w14:textId="6A1E1387">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Toksikologiske undersøkelser</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002088F" w:rsidP="0002088F" w14:paraId="33B09982" w14:textId="77777777">
+    <w:p w:rsidR="0002088F" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="33B09982" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00324EAD" w:rsidRPr="003A4962" w:rsidP="0002088F" w14:paraId="15B00CD4" w14:textId="1563E0B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="15B00CD4" w14:textId="1563E0B7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C91CF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Produktgrupper:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="1DE8CE20" w14:textId="77777777">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="1DE8CE20" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Merk1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Industrikjemikalier</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="07386271" w14:textId="77777777">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="07386271" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til humant bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="1925411A" w14:textId="77777777">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="1925411A" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...13 lines deleted...]
-    <w:p w:rsidR="00324EAD" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="453F30D3" w14:textId="77777777">
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Legemidler til veterinærmedisinsk bruk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="453F30D3" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pesticider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="2440F934" w14:textId="77777777">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="2440F934" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Tilsetningsstoffer til matvarer </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="6BA4FE9A" w14:textId="77777777">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="6BA4FE9A" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kosmetikk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidRPr="00F10369" w:rsidP="0002088F" w14:paraId="33C85B6C" w14:textId="77777777">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="33C85B6C" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Biocider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="28681348" w14:textId="77777777">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="28681348" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Andre</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spesifiser:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidP="0002088F" w14:paraId="3BB86ADA" w14:textId="16BCC601">
-[...6 lines deleted...]
-    <w:p w:rsidR="0002088F" w:rsidP="0002088F" w14:paraId="5E76F1F4" w14:textId="77777777">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="3BB86ADA" w14:textId="16BCC601">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0002088F" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="5E76F1F4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00324EAD" w:rsidRPr="00611618" w:rsidP="0002088F" w14:paraId="6304C152" w14:textId="18FDDF94">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="6304C152" w14:textId="18FDDF94">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0010701D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Ekspertiseområde:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F43BF6" w:rsidP="0002088F" w14:paraId="171572F1" w14:textId="6E9A3331">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F43BF6" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="171572F1" w14:textId="6E9A3331">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Mutagenitetsundersøkelser</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002088F" w:rsidP="0002088F" w14:paraId="1C47398C" w14:textId="77777777">
+    <w:p w:rsidR="0002088F" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="1C47398C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="0044003A" w:rsidRPr="003A4962" w:rsidP="0002088F" w14:paraId="55E7CCA3" w14:textId="737775EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044003A" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="55E7CCA3" w14:textId="737775EA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C91CF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Produktgrupper:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0044003A" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="38A25A10" w14:textId="77777777">
+    <w:p w:rsidR="0044003A" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="38A25A10" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Merk1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Industrikjemikalier</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0044003A" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="4765F147" w14:textId="77777777">
+    <w:p w:rsidR="0044003A" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="4765F147" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til humant bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0044003A" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="2CE605FD" w14:textId="77777777">
+    <w:p w:rsidR="0044003A" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="2CE605FD" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til veterinærmedisinsk bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0044003A" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="0F80828B" w14:textId="77777777">
+    <w:p w:rsidR="0044003A" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="0F80828B" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pesticider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0044003A" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="501CDAD9" w14:textId="77777777">
+    <w:p w:rsidR="0044003A" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="501CDAD9" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Tilsetningsstoffer til matvarer </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0044003A" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="7E049430" w14:textId="77777777">
+    <w:p w:rsidR="0044003A" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="7E049430" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kosmetikk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0044003A" w:rsidRPr="00F10369" w:rsidP="0002088F" w14:paraId="10B60215" w14:textId="77777777">
+    <w:p w:rsidR="0044003A" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="10B60215" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...12 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Biocider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidP="0002088F" w14:paraId="2CAAD929" w14:textId="5EB70860">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="2CAAD929" w14:textId="5EB70860">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Andre</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spesifiser:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00324EAD" w:rsidRPr="00611618" w:rsidP="0002088F" w14:paraId="5BEEFE0E" w14:textId="0AE790DC">
+    <w:p w:rsidR="00324EAD" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="5BEEFE0E" w14:textId="0AE790DC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0010701D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Ekspertiseområde:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F43BF6" w:rsidP="0002088F" w14:paraId="171572F2" w14:textId="35879C6F">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F43BF6" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="171572F2" w14:textId="35879C6F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...19 lines deleted...]
-    <w:p w:rsidR="0002088F" w:rsidP="0002088F" w14:paraId="42489E6F" w14:textId="77777777">
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Økotoksikologiske undersøkelser på akvatiske og terresteriske organismer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0002088F" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="42489E6F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="003F7379" w:rsidRPr="003A4962" w:rsidP="0002088F" w14:paraId="5A48551E" w14:textId="48F38BD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="5A48551E" w14:textId="48F38BD7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C91CF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Produktgrupper:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="23F63BD6" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="23F63BD6" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Merk1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Industrikjemikalier</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="386255B6" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="386255B6" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...12 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til humant bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="2F7F0035" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="2F7F0035" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til veterinærmedisinsk bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="3637C9F8" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="3637C9F8" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pesticider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="154C0B55" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="154C0B55" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Tilsetningsstoffer til matvarer </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="215B865C" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="215B865C" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kosmetikk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="00F10369" w:rsidP="0002088F" w14:paraId="4F3E4007" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="4F3E4007" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Biocider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002088F" w:rsidP="0002088F" w14:paraId="21B063C3" w14:textId="77777777">
+    <w:p w:rsidR="0002088F" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="21B063C3" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Andre</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spesifiser:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002088F" w:rsidP="0002088F" w14:paraId="408AF713" w14:textId="77777777">
+    <w:p w:rsidR="0002088F" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="408AF713" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00611618" w:rsidRPr="0002088F" w:rsidP="0002088F" w14:paraId="0534958A" w14:textId="06F0020A">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00611618" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="0534958A" w14:textId="06F0020A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0010701D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Ekspertiseområde:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF2E16" w:rsidP="0002088F" w14:paraId="171572F3" w14:textId="6D9B64C0">
+    <w:p w:rsidR="00BF2E16" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="171572F3" w14:textId="6D9B64C0">
       <w:pPr>
         <w:ind w:left="705" w:hanging="705"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D" w:rsidR="00F43BF6">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4" w:rsidR="00F43BF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D" w:rsidR="00F43BF6">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4" w:rsidR="00F43BF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Undersøkelser vedrørende stoffers oppførsel i vann, jord og luft; bioakkumulasjon</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002088F" w:rsidP="0002088F" w14:paraId="7DC26D1F" w14:textId="77777777">
+    <w:p w:rsidR="0002088F" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="7DC26D1F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="003F7379" w:rsidRPr="003A4962" w:rsidP="0002088F" w14:paraId="7E8F17C8" w14:textId="48299192">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="7E8F17C8" w14:textId="48299192">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:firstLine="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C91CF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Produktgrupper:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="52904360" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="52904360" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Merk1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Industrikjemikalier</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="03758D20" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="03758D20" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til humant bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="4FB3B088" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="4FB3B088" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til veterinærmedisinsk bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="3B883C2E" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="3B883C2E" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pesticider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="74798454" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="74798454" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Tilsetningsstoffer til matvarer </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="74D67FA0" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="74D67FA0" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kosmetikk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="00F10369" w:rsidP="0002088F" w14:paraId="63EB19BB" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="63EB19BB" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Biocider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="4D46F778" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="4D46F778" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Andre</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spesifiser:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00611618" w:rsidP="0002088F" w14:paraId="7D750C76" w14:textId="36909CF2">
+    <w:p w:rsidR="00611618" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="7D750C76" w14:textId="36909CF2">
       <w:pPr>
         <w:ind w:left="705" w:hanging="705"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00611618" w:rsidRPr="00611618" w:rsidP="0002088F" w14:paraId="627B7D14" w14:textId="1F0956C8">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00611618" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="627B7D14" w14:textId="1F0956C8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0010701D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Ekspertiseområde:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F43BF6" w:rsidP="0002088F" w14:paraId="171572F4" w14:textId="2A6073DD">
+    <w:p w:rsidR="00F43BF6" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="171572F4" w14:textId="2A6073DD">
       <w:pPr>
         <w:ind w:left="705" w:hanging="705"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Undersøkelser vedrørende stoffers oppførsel i vann, jord og luft; biodegradering</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002088F" w:rsidP="0002088F" w14:paraId="3D71F930" w14:textId="77777777">
+    <w:p w:rsidR="0002088F" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="3D71F930" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="003F7379" w:rsidRPr="003A4962" w:rsidP="0002088F" w14:paraId="3E1C17A1" w14:textId="27492DE2">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="3E1C17A1" w14:textId="27492DE2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:firstLine="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C91CF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Produktgrupper:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="56C360F1" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="56C360F1" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Merk1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Industrikjemikalier</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="206AD525" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="206AD525" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til humant bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="3D7FACE1" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="3D7FACE1" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til veterinærmedisinsk bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="661815AB" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="661815AB" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pesticider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="45042A78" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="45042A78" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Tilsetningsstoffer til matvarer </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="4BDE2645" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="4BDE2645" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kosmetikk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="00F10369" w:rsidP="0002088F" w14:paraId="246EF564" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="246EF564" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Biocider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="4FC8CC60" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="4FC8CC60" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Andre</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spesifiser:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000951DF" w:rsidP="0002088F" w14:paraId="5149AAAB" w14:textId="655570EA">
+    <w:p w:rsidR="000951DF" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="5149AAAB" w14:textId="655570EA">
       <w:pPr>
         <w:ind w:left="705" w:hanging="705"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="000951DF" w:rsidRPr="000951DF" w:rsidP="0002088F" w14:paraId="3A9F50D9" w14:textId="75787350">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000951DF" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="3A9F50D9" w14:textId="75787350">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0010701D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Ekspertiseområde:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F43BF6" w:rsidP="0002088F" w14:paraId="171572F5" w14:textId="4EB6EA3E">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F43BF6" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="171572F5" w14:textId="4EB6EA3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Undersøkelser vedrørende bestemmelse av restinnhold</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002088F" w:rsidP="0002088F" w14:paraId="1683A7C2" w14:textId="77777777">
+    <w:p w:rsidR="0002088F" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="1683A7C2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="003F7379" w:rsidRPr="003A4962" w:rsidP="0002088F" w14:paraId="7486F7A9" w14:textId="58718838">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="7486F7A9" w14:textId="58718838">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:firstLine="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C91CF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Produktgrupper:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="78D7FC29" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="78D7FC29" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Merk1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Industrikjemikalier</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="10F1B525" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="10F1B525" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til humant bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="23BF16D9" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="23BF16D9" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til veterinærmedisinsk bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="74DC4477" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="74DC4477" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pesticider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="413B8DEE" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="413B8DEE" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve">Tilsetningsstoffer til matvarer </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="24C0B150" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="24C0B150" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kosmetikk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="00F10369" w:rsidP="0002088F" w14:paraId="0F5F1957" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="0F5F1957" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Biocider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidP="0002088F" w14:paraId="5A4520AB" w14:textId="39D5EB77">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="5A4520AB" w14:textId="39D5EB77">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Andre</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spesifiser:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidP="0002088F" w14:paraId="663BF042" w14:textId="77777777">
-[...6 lines deleted...]
-    <w:p w:rsidR="003F7379" w:rsidRPr="003F7379" w:rsidP="0002088F" w14:paraId="76EDE533" w14:textId="5F981B94">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="663BF042" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="76EDE533" w14:textId="5F981B94">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0010701D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Ekspertiseområder:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F43BF6" w:rsidP="0002088F" w14:paraId="171572F6" w14:textId="6966E836">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F43BF6" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="171572F6" w14:textId="6966E836">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Undersøkelser vedrørende stoffers virkning på naturlige økosystemer</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002088F" w:rsidP="0002088F" w14:paraId="28BA6A7B" w14:textId="77777777">
+    <w:p w:rsidR="0002088F" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="28BA6A7B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="003F7379" w:rsidRPr="005451AE" w:rsidP="0002088F" w14:paraId="13B02A33" w14:textId="53C78808">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="13B02A33" w14:textId="53C78808">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:firstLine="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C91CF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Produktgrupper:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="684FAF35" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="684FAF35" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Merk1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Industrikjemikalier</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="5401656F" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="5401656F" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til humant bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="549D43B7" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="549D43B7" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til veterinærmedisinsk bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="303BAF01" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="303BAF01" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pesticider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="7CB585F0" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="7CB585F0" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Tilsetningsstoffer til matvarer </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="5AE03A74" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="5AE03A74" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kosmetikk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="00F10369" w:rsidP="0002088F" w14:paraId="672F4E21" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="672F4E21" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Biocider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="1CD52799" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="1CD52799" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Andre</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spesifiser:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidP="0002088F" w14:paraId="2BE74B97" w14:textId="385CE9BB">
-[...6 lines deleted...]
-    <w:p w:rsidR="003F7379" w:rsidRPr="003F7379" w:rsidP="0002088F" w14:paraId="69A72446" w14:textId="1DF0195A">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="2BE74B97" w14:textId="385CE9BB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="69A72446" w14:textId="1DF0195A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0010701D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Ekspertiseområde:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F43BF6" w:rsidP="0002088F" w14:paraId="171572F7" w14:textId="2563E184">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F43BF6" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="171572F7" w14:textId="2563E184">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Analytisk og klinisk- kjemisk testing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002088F" w:rsidP="0002088F" w14:paraId="4A3D8ED1" w14:textId="77777777">
+    <w:p w:rsidR="0002088F" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="4A3D8ED1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="003A4962" w:rsidP="0002088F" w14:paraId="6DD20030" w14:textId="1293C6C8">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="6DD20030" w14:textId="1293C6C8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:firstLine="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C91CF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Produktgrupper:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="2C5E1611" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="2C5E1611" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Merk1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Industrikjemikalier</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="308161EB" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="308161EB" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til humant bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="6E9642BE" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="6E9642BE" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til veterinærmedisinsk bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="158B7314" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="158B7314" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...13 lines deleted...]
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="21CA8A14" w14:textId="77777777">
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Pesticider</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="21CA8A14" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Tilsetningsstoffer til matvarer </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="721FE380" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="721FE380" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kosmetikk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="00F10369" w:rsidP="0002088F" w14:paraId="4C679538" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="4C679538" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Biocider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="3CD45897" w14:textId="77777777">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="3CD45897" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Andre</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spesifiser:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7379" w:rsidP="0002088F" w14:paraId="03CF51AF" w14:textId="39576B21">
-[...6 lines deleted...]
-    <w:p w:rsidR="003F7379" w:rsidRPr="003F7379" w:rsidP="0002088F" w14:paraId="3AF47665" w14:textId="28ECC28B">
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="03CF51AF" w14:textId="39576B21">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F7379" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="3AF47665" w14:textId="28ECC28B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0010701D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Ekspertiseområde:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F43BF6" w:rsidP="0002088F" w14:paraId="171572F8" w14:textId="41DCA3ED">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F43BF6" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="171572F8" w14:textId="41DCA3ED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Andre</w:t>
       </w:r>
-      <w:r w:rsidR="00F10369">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4" w:rsidR="00F10369">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spesifiser:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002088F" w:rsidP="0002088F" w14:paraId="38D33614" w14:textId="77777777">
+    <w:p w:rsidR="0002088F" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="38D33614" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="003A4962" w:rsidRPr="003A4962" w:rsidP="0002088F" w14:paraId="053162A6" w14:textId="369CCF8D">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A4962" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="053162A6" w14:textId="369CCF8D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:firstLine="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C91CF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Produktgrupper:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A4962" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="52A21E7F" w14:textId="77777777">
+    <w:p w:rsidR="003A4962" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="52A21E7F" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Merk1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Industrikjemikalier</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A4962" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="3078BDB6" w14:textId="77777777">
+    <w:p w:rsidR="003A4962" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="3078BDB6" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til humant bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A4962" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="2312C536" w14:textId="77777777">
+    <w:p w:rsidR="003A4962" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="2312C536" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Legemidler til veterinærmedisinsk bruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A4962" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="22247725" w14:textId="77777777">
+    <w:p w:rsidR="003A4962" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="22247725" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pesticider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A4962" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="6BFB87B4" w14:textId="77777777">
+    <w:p w:rsidR="003A4962" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="6BFB87B4" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Tilsetningsstoffer til matvarer </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A4962" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="2B91E640" w14:textId="77777777">
+    <w:p w:rsidR="003A4962" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="2B91E640" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kosmetikk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A4962" w:rsidRPr="00F10369" w:rsidP="0002088F" w14:paraId="173AE16C" w14:textId="77777777">
+    <w:p w:rsidR="003A4962" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="173AE16C" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Biocider</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A4962" w:rsidRPr="0010701D" w:rsidP="0002088F" w14:paraId="48E69A3D" w14:textId="77777777">
+    <w:p w:rsidR="003A4962" w:rsidRPr="008832C4" w:rsidP="0002088F" w14:paraId="48E69A3D" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Andre</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010701D">
-        <w:rPr>
+      <w:r w:rsidRPr="008832C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spesifiser:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A4962" w:rsidP="0002088F" w14:paraId="5320A1A8" w14:textId="0271B2D0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidSect="00B37ADD">
       <w:headerReference w:type="default" r:id="rId5"/>
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="1418" w:bottom="851" w:left="1418" w:header="851" w:footer="454" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="245"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9989" w:type="dxa"/>
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblLook w:val="01E0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="10313"/>
       <w:gridCol w:w="222"/>
       <w:gridCol w:w="222"/>
       <w:gridCol w:w="222"/>
       <w:gridCol w:w="222"/>
     </w:tblGrid>
     <w:tr w14:paraId="1715730C" w14:textId="77777777" w:rsidTr="00B158BF">
       <w:tblPrEx>
         <w:tblW w:w="9989" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="765"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2209" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00B158BF" w:rsidP="00B158BF" w14:paraId="62CC6CA9" w14:textId="77777777"/>
         <w:tbl>
           <w:tblPr>
             <w:tblW w:w="10097" w:type="dxa"/>
             <w:tblLook w:val="01E0"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="2232"/>
             <w:gridCol w:w="1746"/>
-            <w:gridCol w:w="1733"/>
-            <w:gridCol w:w="2268"/>
+            <w:gridCol w:w="1908"/>
+            <w:gridCol w:w="2093"/>
             <w:gridCol w:w="2118"/>
           </w:tblGrid>
-          <w:tr w14:paraId="490509D5" w14:textId="77777777" w:rsidTr="00D22BA7">
+          <w:tr w14:paraId="490509D5" w14:textId="77777777" w:rsidTr="008832C4">
             <w:tblPrEx>
               <w:tblW w:w="10097" w:type="dxa"/>
               <w:tblLook w:val="01E0"/>
             </w:tblPrEx>
             <w:trPr>
               <w:trHeight w:val="765"/>
             </w:trPr>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2209" w:type="dxa"/>
+                <w:tcW w:w="2232" w:type="dxa"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w:rsidR="00B158BF" w:rsidP="00B158BF" w14:paraId="57717D2A" w14:textId="77777777">
+              <w:p w:rsidR="00B158BF" w:rsidRPr="008832C4" w:rsidP="00B158BF" w14:paraId="57717D2A" w14:textId="77777777">
                 <w:pPr>
                   <w:pStyle w:val="Norskakkreditering"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokument-ID: </w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
                   <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> DOCPROPERTY EK_DokumentID \*charformat \* MERGEFORMAT </w:instrText>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:t>D00349</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00B158BF" w:rsidP="00B158BF" w14:paraId="37DB9212" w14:textId="77777777">
+              <w:p w:rsidR="00B158BF" w:rsidRPr="008832C4" w:rsidP="00B158BF" w14:paraId="37DB9212" w14:textId="77777777">
                 <w:pPr>
                   <w:pStyle w:val="Norskakkreditering"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Versjonsnummer: </w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
                   <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave \*charformat \* MERGEFORMAT </w:instrText>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
-                  <w:t>7.00</w:t>
+                  <w:t>7.01</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00B158BF" w:rsidP="00B158BF" w14:paraId="7D7F7FE5" w14:textId="77777777">
+              <w:p w:rsidR="00B158BF" w:rsidRPr="008832C4" w:rsidP="00B158BF" w14:paraId="7D7F7FE5" w14:textId="77777777">
                 <w:pPr>
                   <w:pStyle w:val="Norskakkreditering"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1727" w:type="dxa"/>
+                <w:tcW w:w="1746" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00B158BF" w:rsidP="00B158BF" w14:paraId="1F5A7FB6" w14:textId="77777777">
+              <w:p w:rsidR="00B158BF" w:rsidRPr="008832C4" w:rsidP="00B158BF" w14:paraId="1F5A7FB6" w14:textId="77777777">
                 <w:pPr>
                   <w:pStyle w:val="Norskakkreditering"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Godkjent av: </w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
                   <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> DOCPROPERTY EK_Signatur \*charformat \* MERGEFORMAT </w:instrText>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:t xml:space="preserve">Pia </w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Backe-Hansen</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00B158BF" w:rsidP="00B158BF" w14:paraId="6DE224FB" w14:textId="77777777">
+              <w:p w:rsidR="00B158BF" w:rsidRPr="008832C4" w:rsidP="00B158BF" w14:paraId="6DE224FB" w14:textId="1C855384">
                 <w:pPr>
                   <w:pStyle w:val="Norskakkreditering"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Gyldig fra: </w:t>
+                  <w:t>Gyldig fra:</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
                   <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> DOCPROPERTY EK_GjelderFra \*charformat \* MERGEFORMAT </w:instrText>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:t>11.06.2024</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1714" w:type="dxa"/>
+                <w:tcW w:w="1908" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00B158BF" w:rsidP="00B158BF" w14:paraId="17B1B669" w14:textId="77777777">
+              <w:p w:rsidR="00B158BF" w:rsidRPr="008832C4" w:rsidP="00B158BF" w14:paraId="17B1B669" w14:textId="77777777">
                 <w:pPr>
                   <w:pStyle w:val="Norskakkreditering"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="000080"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
-              <w:p w:rsidR="00B158BF" w:rsidP="00B158BF" w14:paraId="17AF8C20" w14:textId="77777777">
+              <w:p w:rsidR="00B158BF" w:rsidRPr="008832C4" w:rsidP="00B158BF" w14:paraId="17AF8C20" w14:textId="77777777">
                 <w:pPr>
                   <w:pStyle w:val="Norskakkreditering"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="000080"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
-              <w:p w:rsidR="00B158BF" w:rsidP="00B158BF" w14:paraId="449F6105" w14:textId="77777777">
+              <w:p w:rsidR="00B158BF" w:rsidRPr="008832C4" w:rsidP="00B158BF" w14:paraId="449F6105" w14:textId="77777777">
                 <w:pPr>
                   <w:pStyle w:val="Norskakkreditering"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="000080"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2244" w:type="dxa"/>
+                <w:tcW w:w="2093" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00B158BF" w:rsidP="00B158BF" w14:paraId="3159DBE7" w14:textId="77777777">
+              <w:p w:rsidR="00B158BF" w:rsidRPr="008832C4" w:rsidP="00B158BF" w14:paraId="3159DBE7" w14:textId="77777777">
                 <w:pPr>
                   <w:pStyle w:val="Norskakkreditering"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2095" w:type="dxa"/>
+                <w:tcW w:w="2118" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00B158BF" w:rsidP="00B158BF" w14:paraId="5F55F3A6" w14:textId="77777777">
+              <w:p w:rsidR="00B158BF" w:rsidRPr="008832C4" w:rsidP="00B158BF" w14:paraId="5F55F3A6" w14:textId="77777777">
                 <w:pPr>
                   <w:pStyle w:val="Norskakkreditering"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="nn-NO"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="nn-NO"/>
                   </w:rPr>
                   <w:t>Side</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00B158BF" w:rsidP="00B158BF" w14:paraId="7F71131F" w14:textId="77777777">
+              <w:p w:rsidR="00B158BF" w:rsidRPr="008832C4" w:rsidP="00B158BF" w14:paraId="7F71131F" w14:textId="77777777">
                 <w:pPr>
                   <w:pStyle w:val="Norskakkreditering"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="nn-NO"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="nn-NO"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve">PAGE </w:instrText>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="16"/>
                     <w:lang w:val="nn-NO" w:eastAsia="nb-NO" w:bidi="ar-SA"/>
                   </w:rPr>
                   <w:t>3</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="nn-NO"/>
                   </w:rPr>
                   <w:t>(</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="nn-NO"/>
                   </w:rPr>
                   <w:instrText>NUMPAGES</w:instrText>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="nn-NO"/>
                   </w:rPr>
                   <w:t>3</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008832C4">
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="nn-NO"/>
                   </w:rPr>
                   <w:t>)</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00B158BF" w:rsidP="00B158BF" w14:paraId="2FF79B14" w14:textId="77777777">
+              <w:p w:rsidR="00B158BF" w:rsidRPr="008832C4" w:rsidP="00B158BF" w14:paraId="2FF79B14" w14:textId="77777777">
                 <w:pPr>
                   <w:pStyle w:val="Norskakkreditering"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="nn-NO"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p w:rsidR="00B158BF" w:rsidP="00B158BF" w14:paraId="17157303" w14:textId="01D23297"/>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1727" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00AD0ABB" w:rsidP="00BE1D09" w14:paraId="17157305" w14:textId="52733511">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1714" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00AD0ABB" w:rsidRPr="00C42479" w:rsidP="00C42479" w14:paraId="17157307" w14:textId="6FF2D8C7">
           <w:pPr>
@@ -6466,65 +7214,65 @@
           <w:tcW w:w="2095" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00AD0ABB" w:rsidRPr="000F51D8" w:rsidP="00316B66" w14:paraId="1715730B" w14:textId="58EA5D27">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00AD0ABB" w:rsidRPr="00316B66" w14:paraId="1715730D" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="nn-NO"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:p w:rsidR="00AD0ABB" w:rsidRPr="00721758" w:rsidP="00721758" w14:paraId="17157300" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="15B4434F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="86AC1A8C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1410" w:hanging="690"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -6668,178 +7416,178 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1692411578">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="130825154">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="572856534">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="699361654">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="869028221">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="305622291">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1263539029">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="695083588">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="300812234">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="475220632">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="516164525">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1932935559">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1538004645">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:printFractionalCharacterWidth/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="90"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0064502B"/>
     <w:rsid w:val="0001004E"/>
     <w:rsid w:val="0002088F"/>
     <w:rsid w:val="00023674"/>
     <w:rsid w:val="00032050"/>
     <w:rsid w:val="000347DC"/>
@@ -6884,50 +7632,51 @@
     <w:rsid w:val="0027708D"/>
     <w:rsid w:val="002922E6"/>
     <w:rsid w:val="002928CF"/>
     <w:rsid w:val="002A5A6A"/>
     <w:rsid w:val="002D32EE"/>
     <w:rsid w:val="002F020D"/>
     <w:rsid w:val="002F6DAF"/>
     <w:rsid w:val="00316B66"/>
     <w:rsid w:val="00322FA7"/>
     <w:rsid w:val="00324EAD"/>
     <w:rsid w:val="003404D0"/>
     <w:rsid w:val="00341F15"/>
     <w:rsid w:val="00343038"/>
     <w:rsid w:val="003670EF"/>
     <w:rsid w:val="00373690"/>
     <w:rsid w:val="003820F0"/>
     <w:rsid w:val="00395F3D"/>
     <w:rsid w:val="003A2A50"/>
     <w:rsid w:val="003A4962"/>
     <w:rsid w:val="003A72CA"/>
     <w:rsid w:val="003A764A"/>
     <w:rsid w:val="003B5BF3"/>
     <w:rsid w:val="003C5F29"/>
     <w:rsid w:val="003D1663"/>
     <w:rsid w:val="003E66EF"/>
+    <w:rsid w:val="003E7308"/>
     <w:rsid w:val="003F53BC"/>
     <w:rsid w:val="003F7379"/>
     <w:rsid w:val="00422A98"/>
     <w:rsid w:val="00425069"/>
     <w:rsid w:val="0043271C"/>
     <w:rsid w:val="0044003A"/>
     <w:rsid w:val="00447A12"/>
     <w:rsid w:val="00465962"/>
     <w:rsid w:val="004705BB"/>
     <w:rsid w:val="0048243E"/>
     <w:rsid w:val="004864A2"/>
     <w:rsid w:val="004A2EF2"/>
     <w:rsid w:val="004B2706"/>
     <w:rsid w:val="004D7309"/>
     <w:rsid w:val="004E39FC"/>
     <w:rsid w:val="004F3EC6"/>
     <w:rsid w:val="00500816"/>
     <w:rsid w:val="00505CAF"/>
     <w:rsid w:val="005063CB"/>
     <w:rsid w:val="00516D07"/>
     <w:rsid w:val="00522CBE"/>
     <w:rsid w:val="00541B69"/>
     <w:rsid w:val="005451AE"/>
     <w:rsid w:val="0054532B"/>
     <w:rsid w:val="00556072"/>
@@ -6952,89 +7701,93 @@
     <w:rsid w:val="00611618"/>
     <w:rsid w:val="00613377"/>
     <w:rsid w:val="0064502B"/>
     <w:rsid w:val="00650D9E"/>
     <w:rsid w:val="00653B2F"/>
     <w:rsid w:val="00654349"/>
     <w:rsid w:val="00677E28"/>
     <w:rsid w:val="00680166"/>
     <w:rsid w:val="0068329D"/>
     <w:rsid w:val="006A5230"/>
     <w:rsid w:val="006A780B"/>
     <w:rsid w:val="006B3CDC"/>
     <w:rsid w:val="006B5798"/>
     <w:rsid w:val="006B7ACE"/>
     <w:rsid w:val="006C4588"/>
     <w:rsid w:val="006D1F73"/>
     <w:rsid w:val="006D6741"/>
     <w:rsid w:val="006E0667"/>
     <w:rsid w:val="006E67B1"/>
     <w:rsid w:val="006F1237"/>
     <w:rsid w:val="0070106B"/>
     <w:rsid w:val="007029D6"/>
     <w:rsid w:val="00720074"/>
     <w:rsid w:val="00720C00"/>
     <w:rsid w:val="00721758"/>
+    <w:rsid w:val="007308B9"/>
     <w:rsid w:val="0075180C"/>
     <w:rsid w:val="007618CA"/>
     <w:rsid w:val="00773E5D"/>
     <w:rsid w:val="0077652C"/>
     <w:rsid w:val="0077680E"/>
     <w:rsid w:val="0077707A"/>
     <w:rsid w:val="00777A70"/>
     <w:rsid w:val="00787315"/>
     <w:rsid w:val="0078769E"/>
     <w:rsid w:val="00794059"/>
     <w:rsid w:val="007B2C56"/>
     <w:rsid w:val="007B466E"/>
     <w:rsid w:val="007C157B"/>
     <w:rsid w:val="007C5D96"/>
     <w:rsid w:val="007C6FB2"/>
     <w:rsid w:val="007D0861"/>
     <w:rsid w:val="007E3D56"/>
     <w:rsid w:val="007F31FF"/>
     <w:rsid w:val="00801417"/>
     <w:rsid w:val="00802236"/>
     <w:rsid w:val="00811D01"/>
     <w:rsid w:val="00821A08"/>
     <w:rsid w:val="00824FF0"/>
     <w:rsid w:val="00852D42"/>
     <w:rsid w:val="00854814"/>
     <w:rsid w:val="0085793F"/>
     <w:rsid w:val="00865AD6"/>
     <w:rsid w:val="0086646F"/>
+    <w:rsid w:val="008832C4"/>
+    <w:rsid w:val="00890DD4"/>
     <w:rsid w:val="008B2E82"/>
     <w:rsid w:val="008D267C"/>
     <w:rsid w:val="008D3A19"/>
     <w:rsid w:val="008E0958"/>
     <w:rsid w:val="008E0A6B"/>
     <w:rsid w:val="008F3B64"/>
     <w:rsid w:val="009040AD"/>
     <w:rsid w:val="00923547"/>
     <w:rsid w:val="00945092"/>
     <w:rsid w:val="0094704B"/>
     <w:rsid w:val="00956209"/>
+    <w:rsid w:val="00966435"/>
     <w:rsid w:val="009721C6"/>
     <w:rsid w:val="009732ED"/>
     <w:rsid w:val="0097346A"/>
     <w:rsid w:val="00973DF3"/>
     <w:rsid w:val="00980C3D"/>
     <w:rsid w:val="00987210"/>
     <w:rsid w:val="00987ECC"/>
     <w:rsid w:val="00995B4E"/>
     <w:rsid w:val="009A5DD6"/>
     <w:rsid w:val="009A7825"/>
     <w:rsid w:val="009D2C61"/>
     <w:rsid w:val="009F1AFE"/>
     <w:rsid w:val="009F325C"/>
     <w:rsid w:val="00A020D1"/>
     <w:rsid w:val="00A03076"/>
     <w:rsid w:val="00A229AD"/>
     <w:rsid w:val="00A264E1"/>
     <w:rsid w:val="00A30414"/>
     <w:rsid w:val="00A35107"/>
     <w:rsid w:val="00A52EDA"/>
     <w:rsid w:val="00A569F3"/>
     <w:rsid w:val="00A64E0E"/>
     <w:rsid w:val="00AB0A11"/>
     <w:rsid w:val="00AB445D"/>
     <w:rsid w:val="00AB48C2"/>
@@ -7202,51 +7955,51 @@
     <w:docVar w:name="ek_utext2" w:val=" "/>
     <w:docVar w:name="ek_utext3" w:val=" "/>
     <w:docVar w:name="ek_utext4" w:val=" "/>
     <w:docVar w:name="ek_utgave" w:val="5.01"/>
     <w:docVar w:name="ek_utgitt" w:val="16.08.2004"/>
     <w:docVar w:name="ek_verifisert" w:val=" "/>
     <w:docVar w:name="Erstatter" w:val="lab_erstatter"/>
     <w:docVar w:name="KHB" w:val="nei"/>
     <w:docVar w:name="skitten" w:val="0"/>
     <w:docVar w:name="Tittel" w:val="Dette er en Test tittel."/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDayNDQ0NjAxtDQysTAyMjNR0lEKTi0uzszPAykwrAUAzVfeZCwAAAA="/>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
   </w:docVars>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w14:docId w14:val="171572D1"/>
   <w15:docId w15:val="{F280061B-F010-411E-B8B1-F2206C830F9F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="nb-NO" w:eastAsia="nb-NO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7602,57 +8355,57 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AE440C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="NA Overskrift 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Overskrift1Tegn"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="0044003A"/>
+    <w:rsid w:val="008832C4"/>
     <w:pPr>
       <w:spacing w:before="360" w:line="360" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="NA Overskrift 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Overskrift2Tegn"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="0002088F"/>
     <w:pPr>
       <w:ind w:left="576" w:hanging="576"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
@@ -8037,53 +8790,53 @@
       <w:kern w:val="28"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TittelTegn">
     <w:name w:val="Tittel Tegn"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00AE440C"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift1Tegn">
     <w:name w:val="Overskrift 1 Tegn"/>
     <w:aliases w:val="NA Overskrift 1 Tegn"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
-    <w:rsid w:val="0044003A"/>
+    <w:rsid w:val="008832C4"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift2Tegn">
     <w:name w:val="Overskrift 2 Tegn"/>
     <w:aliases w:val="NA Overskrift 2 Tegn"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:rsid w:val="0002088F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift3Tegn">
     <w:name w:val="Overskrift 3 Tegn"/>
     <w:aliases w:val="¨NA Overskrift 3 Tegn"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:rsid w:val="00AE440C"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -8140,60 +8893,60 @@
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006D1F73"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ulstomtale1">
     <w:name w:val="Uløst omtale1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006D1F73"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /></Relationships>
 </file>
 
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\sro\AppData\Roaming\Microsoft\Templates\operativ.dot" TargetMode="External" /></Relationships>
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\USERS\SRO\APPDATA\ROAMING\MICROSOFT\TEMPLATES\OPERATIV.DOT" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8460,51 +9213,51 @@
 </file>
 
 <file path=word/webextensions/_rels/taskpanes.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/webextension" Target="webextension1.xml" /></Relationships>
 </file>
 
 <file path=word/webextensions/taskpanes.xml><?xml version="1.0" encoding="utf-8"?>
 <wetp:taskpanes xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11">
   <wetp:taskpane dockstate="right" visibility="0" width="438" row="0">
     <wetp:webextensionref xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
   </wetp:taskpane>
 </wetp:taskpanes>
 </file>
 
 <file path=word/webextensions/webextension1.xml><?xml version="1.0" encoding="utf-8"?>
 <we:webextension xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" id="{ED6FBCA6-635D-4CBA-BCAB-D3D192FF3A67}">
   <we:reference id="1fc441d0-c012-4ded-878a-44e68ea26eb9" version="1.0.1.0" store="EXCatalog" storeType="excatalog"/>
   <we:alternateReferences/>
   <we:properties/>
   <we:bindings/>
   <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </we:webextension>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>operativ</Template>
+  <Template>OPERATIV_EK3TEMPDISABLED</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>358</Words>
   <Characters>4329</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tittel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -8534,32 +9287,32 @@
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="EK_Bedriftsnavn">
     <vt:lpwstr>Norsk akkreditering</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="EK_DokTittel">
     <vt:lpwstr>Ekspertiseområder og produktgrupper for GLP</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="EK_DokType">
     <vt:lpwstr>Skjema</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="EK_DokumentID">
     <vt:lpwstr>D00349</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="EK_GjelderFra">
     <vt:lpwstr>11.06.2024</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="EK_Signatur">
     <vt:lpwstr>Pia Backe-Hansen</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="EK_Utgave">
-    <vt:lpwstr>7.00</vt:lpwstr>
+    <vt:lpwstr>7.01</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="EK_Watermark">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>