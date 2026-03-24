--- v0 (2025-11-03)
+++ v1 (2026-03-24)
@@ -70,134 +70,134 @@
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D34D76" w:rsidRPr="000E7A32" w:rsidP="0023580B" w14:paraId="4F0262AF" w14:textId="77777777">
+          <w:p w:rsidR="00D34D76" w:rsidRPr="000E7A32" w:rsidP="0023580B" w14:paraId="4F0262AF" w14:textId="4766424D">
             <w:pPr>
               <w:pStyle w:val="Subtitle"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E7A32">
+            <w:r w:rsidRPr="00643195">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1076260" cy="633095"/>
-[...1 lines deleted...]
-                  <wp:docPr id="1" name="Bilde 1"/>
+                  <wp:extent cx="984250" cy="558198"/>
+                  <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+                  <wp:docPr id="699027644" name="Bilde 2" descr="Et bilde som inneholder Grafikk, skjermbilde, grafisk design, design&#10;&#10;KI-generert innhold kan være feil."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="1" name="Bilde 1"/>
+                          <pic:cNvPr id="699027644" name="Bilde 2" descr="Et bilde som inneholder Grafikk, skjermbilde, grafisk design, design&#10;&#10;KI-generert innhold kan være feil."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5">
+                          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
                             <a:extLst>
                               <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1076260" cy="633095"/>
+                            <a:ext cx="984250" cy="558198"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r w:rsidRPr="000E7A32">
+            <w:r w:rsidRPr="000E7A32" w:rsidR="0064234A">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="000E7A32">
+            <w:r w:rsidRPr="000E7A32" w:rsidR="0064234A">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve">  \* MERGEFORMAT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="000E7A32">
+            <w:r w:rsidRPr="000E7A32" w:rsidR="0064234A">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D34D76" w:rsidRPr="000E7A32" w:rsidP="004C121C" w14:paraId="4F0262B0" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Norskakkreditering"/>
@@ -652,51 +652,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>4.00</w:t>
+              <w:t>5.00</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D34D76" w:rsidRPr="000E7A32" w:rsidP="00D6441C" w14:paraId="4F0262BC" w14:textId="77777777">
             <w:pPr>
@@ -765,51 +765,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_GjelderFra </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>04.12.2024</w:t>
+              <w:t>12.03.2026</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0011184F" w:rsidRPr="000E7A32" w:rsidP="001E7B40" w14:paraId="4F0262BF" w14:textId="77777777"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9351"/>
       </w:tblGrid>
@@ -869,67 +869,67 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>rige versjon</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="4F0262C4" w14:textId="77777777" w:rsidTr="00AB43A1">
         <w:tblPrEx>
           <w:tblW w:w="9351" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005F0799" w:rsidRPr="000E7A32" w:rsidP="005F0799" w14:paraId="62B5529D" w14:textId="77777777">
+          <w:p w:rsidR="005F0799" w:rsidRPr="000E7A32" w:rsidP="005F0799" w14:paraId="759ECE94" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000080"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7A32">
               <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:instrText xml:space="preserve"> DOCPROPERTY EK_Merknad \*charformat \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
-              <w:t>Flyttet 1. Søknad om til starten av dokumentet og delt opp Informasjon om søker i to tabeller, en for søknad om akkreditering og en for søknad om utvidelse av eksisterende akkreditering</w:t>
+              <w:t>Lagt til følgende under pkt 1: Overgang til ny versjon av akkrediteringsstandard. Oppdatert lenker til samsvarsmatriser under pkt 7. Lagt inn henvisning til kravdokument for fleksibel akkreditering i pkt 8</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="005F0799" w:rsidRPr="000E7A32" w:rsidP="005F0799" w14:paraId="4F0262C5" w14:textId="77777777"/>
     <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w:rsidP="00226809" w14:paraId="4F0262C6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7A32">
         <w:t xml:space="preserve">Dette skjemaet </w:t>
       </w:r>
       <w:r w:rsidRPr="000E7A32" w:rsidR="00550305">
         <w:t>foreligger også på nynorsk</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7A32">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7A32" w:rsidR="00210DE5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1054,77 +1054,306 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Søknad om</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="0F829838" w14:textId="77777777" w:rsidTr="00115C2E">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001926AF" w:rsidRPr="000E7A32" w:rsidP="00115C2E" w14:paraId="2F2732DD" w14:textId="77777777">
+          <w:p w:rsidR="001926AF" w:rsidP="00115C2E" w14:paraId="2F2732DD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="193191853"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="000E7A32">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="000E7A32">
               <w:t xml:space="preserve"> Akkreditering</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A4124" w:rsidP="004A4124" w14:paraId="4293DA33" w14:textId="77777777">
+          <w:p w:rsidR="00304A4F" w:rsidRPr="000E7A32" w:rsidP="00115C2E" w14:paraId="0BE2327B" w14:textId="373663F4">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="320095150"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="000E7A32">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="000E7A32">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Overgang til ny versjon av akkrediteringsstandard</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00317C36" w:rsidRPr="000E7A32" w:rsidP="004A4124" w14:paraId="20CDB1E6" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001926AF" w:rsidRPr="000E7A32" w:rsidP="00115C2E" w14:paraId="0DD725B9" w14:textId="7CD33DF4">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1814715279"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="000E7A32">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="000E7A32">
+              <w:t xml:space="preserve"> Utvidelse av eksisterende akkreditering (gå videre til punk 3) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001926AF" w:rsidRPr="000E7A32" w:rsidP="00115C2E" w14:paraId="11CEF118" w14:textId="66DBD7CB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-13229588"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="000E7A32">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="000E7A32">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E7A32" w:rsidR="004A4124">
+              <w:t>Utvidelse f</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E7A32">
+              <w:t>leksibel akkreditering</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E7A32" w:rsidR="004A4124">
+              <w:t xml:space="preserve"> (gå videre til punk 3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001926AF" w:rsidP="00115C2E" w14:paraId="4B03D2C0" w14:textId="1DC44603">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-317269754"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="000E7A32">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="000E7A32">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E7A32" w:rsidR="004A4124">
+              <w:t>Utvidelse a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E7A32">
+              <w:t>kkreditert vurdering/fortolkning av resultat (ref. NS-EN ISO/IEC 17025:2017 § 7.8.7)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E7A32" w:rsidR="003037B3">
+              <w:t xml:space="preserve"> (gå videre til punk 3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00317C36" w:rsidP="00115C2E" w14:paraId="74715726" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00317C36" w:rsidP="00115C2E" w14:paraId="38F52910" w14:textId="00871AF5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="451684069"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="000E7A32">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="000E7A32">
+              <w:t xml:space="preserve"> GLP: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="669067238"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="000E7A32">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="000E7A32">
+              <w:t xml:space="preserve"> inspeksjon av laboratorieundersøkelser, </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-819495388"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="000E7A32">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="000E7A32">
+              <w:t xml:space="preserve"> inspeksjon av feltforsøk, </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1718426000"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="000E7A32">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="000E7A32">
+              <w:t xml:space="preserve"> utvidelse av testing på nye produktgrupper</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00304A4F" w:rsidP="00115C2E" w14:paraId="79FDE80C" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001926AF" w:rsidRPr="000E7A32" w:rsidP="00304A4F" w14:paraId="0DDA6C8A" w14:textId="3CA55BC9">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1440220393"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="000E7A32">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="000E7A32">
               <w:t xml:space="preserve"> Akkreditering av miljøkontrollør: </w:t>
             </w:r>
             <w:sdt>
@@ -1147,250 +1376,50 @@
             </w:sdt>
             <w:r w:rsidRPr="000E7A32">
               <w:t xml:space="preserve"> person, </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1447000231"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="000E7A32">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="000E7A32">
               <w:t xml:space="preserve"> organisasjon</w:t>
             </w:r>
-          </w:p>
-[...198 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="001926AF" w:rsidRPr="000E7A32" w:rsidP="00226809" w14:paraId="29C6C2A2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w:rsidP="00226809" w14:paraId="4F0262C8" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2263"/>
         <w:gridCol w:w="6798"/>
       </w:tblGrid>
       <w:tr w14:paraId="4F0262CA" w14:textId="77777777" w:rsidTr="00226809">
@@ -2240,64 +2269,54 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="001926AF" w:rsidP="00115C2E" w14:paraId="681F2D3D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00317C36" w:rsidRPr="000E7A32" w:rsidP="00115C2E" w14:paraId="780BDE6D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00317C36" w:rsidP="00226809" w14:paraId="4F0262FB" w14:textId="33602077">
-[...3 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00317C36" w14:paraId="09CA3526" w14:textId="77777777">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="001926AF" w:rsidRPr="000E7A32" w:rsidP="00226809" w14:paraId="65B88A8E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9061"/>
       </w:tblGrid>
       <w:tr w14:paraId="4F0262FD" w14:textId="77777777" w:rsidTr="00226809">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2418,57 +2437,51 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
               <w:t xml:space="preserve"> Nei</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w14:paraId="4F026301" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w14:paraId="4F026302" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7A32">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Hvis ja, oppgi</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> informasjon for alle lokaliteter (inkl. virtuelle lokasjoner der det er relevant): </w:t>
+              <w:t xml:space="preserve">Hvis ja, oppgi informasjon for alle lokaliteter (inkl. virtuelle lokasjoner der det er relevant): </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w14:paraId="4F026303" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="000E7A32">
               <w:t>Na</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="007538F7">
               <w:t>v</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:t>n:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w14:paraId="4F026304" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="000E7A32">
               <w:t>Adresse:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w14:paraId="4F026305" w14:textId="77777777">
@@ -4170,141 +4183,76 @@
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> DOCPROPERTY XRT00288 \*charformat \* MERGEFORMAT </w:instrText>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Samsvarsmatrise for NS-EN ISO/IEC 17025:2017</w:t>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w14:paraId="4F02634D" w14:textId="5F61C13B">
-[...63 lines deleted...]
-          </w:p>
           <w:p w:rsidR="00346487" w:rsidRPr="000E7A32" w14:paraId="443ED385" w14:textId="18CF07FA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1052312642"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="000E7A32">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="000E7A32">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:tooltip="XRF00686" w:history="1">
+            <w:hyperlink r:id="rId24" w:tooltip="XRF00686" w:history="1">
               <w:r w:rsidRPr="000E7A32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
               </w:r>
               <w:r w:rsidRPr="000E7A32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> DOCPROPERTY XRT00686 *charformat * MERGEFORMAT </w:instrText>
               </w:r>
               <w:r w:rsidRPr="000E7A32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidRPr="000E7A32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Samsvarsmatrise for NS-EN ISO 15189:2022</w:t>
               </w:r>
               <w:r w:rsidRPr="000E7A32">
@@ -4328,51 +4276,51 @@
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="0000FF" w:themeColor="hyperlink"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:id w:val="-1853791519"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:tooltip="XRF00290 - https://www.akkreditert.no/globalassets/na-dokumenter/dok00302.docx" w:history="1">
+            <w:hyperlink r:id="rId25" w:tooltip="XRF00290 - https://www.akkreditert.no/globalassets/na-dokumenter/dok00302.docx" w:history="1">
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> DOCPROPERTY XRT00290 \*charformat \* MERGEFORMAT </w:instrText>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Samsvarsmatrise for NS-EN ISO/IEC 17020:2012</w:t>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
@@ -4389,51 +4337,51 @@
               <w:rPr>
                 <w:color w:val="000080"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="512503081"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:tooltip="XRF00291 - https://www.akkreditert.no/globalassets/na-dokumenter/dok00577.docx" w:history="1">
+            <w:hyperlink r:id="rId26" w:tooltip="XRF00291 - https://www.akkreditert.no/globalassets/na-dokumenter/dok00577.docx" w:history="1">
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> DOCPROPERTY XRT00291 \*charformat \* MERGEFORMAT </w:instrText>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Samsvarsmatrise for NS-EN ISO/IEC 17065:2012</w:t>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
@@ -4447,51 +4395,51 @@
           <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w14:paraId="4F026350" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="437341123"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:tooltip="XRF00292 - https://www.akkreditert.no/globalassets/na-dokumenter/dok00549.docx" w:history="1">
+            <w:hyperlink r:id="rId27" w:tooltip="XRF00292 - https://www.akkreditert.no/globalassets/na-dokumenter/dok00549.docx" w:history="1">
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> DOCPROPERTY XRT00292 \*charformat \* MERGEFORMAT </w:instrText>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Samsvarsmatrise for ISO/IEC 17021-1:2015</w:t>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
@@ -4513,174 +4461,180 @@
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="0000FF" w:themeColor="hyperlink"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:id w:val="983739300"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:tooltip="XRF00293 - https://www.akkreditert.no/globalassets/na-dokumenter/dok00395.docx" w:history="1">
+            <w:hyperlink r:id="rId28" w:tooltip="XRF00293 - https://www.akkreditert.no/globalassets/na-dokumenter/dok00395.docx" w:history="1">
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> DOCPROPERTY XRT00293 \*charformat \* MERGEFORMAT </w:instrText>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Samsvarsmatrise for ISO/IEC 17024:2012</w:t>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w14:paraId="4F026352" w14:textId="77777777">
+          <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w14:paraId="4F026352" w14:textId="5656C0E9">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-831144538"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
+            <w:r w:rsidR="00025098">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:tooltip="XRF00294 - https://www.akkreditert.no/globalassets/na-dokumenter/dok00301.docx" w:history="1">
-              <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
+            <w:hyperlink r:id="rId29" w:tooltip="XRF00713" w:history="1">
+              <w:r w:rsidRPr="00025098" w:rsidR="00025098">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
               </w:r>
-              <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
-[...5 lines deleted...]
-              <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
+              <w:r w:rsidRPr="00025098" w:rsidR="00025098">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:instrText xml:space="preserve"> DOCPROPERTY XRL00713 *charformat * MERGEFORMAT </w:instrText>
+              </w:r>
+              <w:r w:rsidRPr="00025098" w:rsidR="00025098">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
-              <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
-[...5 lines deleted...]
-              <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
+              <w:r w:rsidRPr="00025098" w:rsidR="00025098">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> Samsvarsmatrise for NS-EN ISO 17043:2023</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00025098" w:rsidR="00025098">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidRPr="00025098" w:rsidR="00025098">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w:rsidP="007538F7" w14:paraId="4F026353" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="0000FF" w:themeColor="hyperlink"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:id w:val="1609463587"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:tooltip="XRF00295 - https://www.akkreditert.no/globalassets/na-dokumenter/dok00745.docx" w:history="1">
+            <w:hyperlink r:id="rId30" w:tooltip="XRF00295 - https://www.akkreditert.no/globalassets/na-dokumenter/dok00745.docx" w:history="1">
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> DOCPROPERTY XRT00295 \*charformat \* MERGEFORMAT </w:instrText>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Samsvarsmatrise for NS-EN ISO 20387:2018</w:t>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="00FB0248">
@@ -4701,51 +4655,51 @@
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="0000FF" w:themeColor="hyperlink"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:id w:val="619653331"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="000E7A32" w:rsidR="001D7900">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="000E7A32" w:rsidR="001D7900">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:tooltip="XRF00552 - https://www.akkreditert.no/globalassets/na-dokumenter/dok00824.docx" w:history="1">
+            <w:hyperlink r:id="rId31" w:tooltip="XRF00552 - https://www.akkreditert.no/globalassets/na-dokumenter/dok00824.docx" w:history="1">
               <w:r w:rsidRPr="000E7A32" w:rsidR="001D7900">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="001D7900">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> DOCPROPERTY XRT00552 \*charformat \* MERGEFORMAT </w:instrText>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="001D7900">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="001D7900">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Samsvarsmatrise for NS-EN ISO 17034:2016</w:t>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="001D7900">
@@ -5176,86 +5130,127 @@
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="215096686"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
               <w:t xml:space="preserve"> Metodebeskriv</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="007538F7">
               <w:t>elser</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w14:paraId="4F026364" w14:textId="77777777">
+          <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w14:paraId="4F026364" w14:textId="706AF4CC">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="697591687"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
               <w:t xml:space="preserve"> Beskriv</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="007538F7">
               <w:t>else</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
               <w:t xml:space="preserve"> av søkt fleksibilitet (</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="007538F7">
               <w:t xml:space="preserve">gjelder kun </w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
               <w:t>ved søknad om fleksibel akkreditering)</w:t>
+            </w:r>
+            <w:r w:rsidR="008A59AF">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD705D" w:rsidR="008A59AF">
+              <w:t xml:space="preserve">i henhold til </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:tooltip="XRF00607" w:history="1">
+              <w:r w:rsidRPr="00BD705D" w:rsidR="00BD705D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
+              </w:r>
+              <w:r w:rsidRPr="00BD705D" w:rsidR="00BD705D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:instrText xml:space="preserve"> DOCPROPERTY XRT00607 *charformat * MERGEFORMAT </w:instrText>
+              </w:r>
+              <w:r w:rsidRPr="00BD705D" w:rsidR="00BD705D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:fldChar w:fldCharType="separate"/>
+              </w:r>
+              <w:r w:rsidRPr="00BD705D" w:rsidR="00BD705D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Krav til bruk av fleksibel akkreditering</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00BD705D" w:rsidR="00BD705D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:fldChar w:fldCharType="end"/>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00BD705D" w:rsidR="00BD705D">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w14:paraId="4F026365" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="559225658"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00DB6DF5">
@@ -5777,158 +5772,134 @@
               <w:t>innvilg</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00EA2E4D">
               <w:t>es</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:t xml:space="preserve"> eller </w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="006B4E57">
               <w:t>ikke</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w:rsidP="00226809" w14:paraId="4F02637C" w14:textId="0CFCFE25">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="000E7A32">
-              <w:t>Søker vil gi Norsk akkreditering</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Søker vil gi Norsk akkreditering </w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00EA2E4D">
               <w:t xml:space="preserve">mulighet </w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:t xml:space="preserve">til å </w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00463864">
               <w:t>overv</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00EA2E4D">
               <w:t>å</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00463864">
               <w:t>ke</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:t xml:space="preserve"> at vilkår</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00EA2E4D">
               <w:t>ene</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:t xml:space="preserve"> for akkreditering </w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00463864">
               <w:t xml:space="preserve">blir </w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00EA2E4D">
               <w:t>oppfylt</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w:rsidP="00226809" w14:paraId="4F02637D" w14:textId="27D6EC60">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="000E7A32">
-              <w:t xml:space="preserve">Søker vil gi </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">s personell, herunder eventuelt </w:t>
+              <w:t xml:space="preserve">Søker vil gi Norsk akkrediterings personell, herunder eventuelt </w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00463864">
               <w:t>innleide</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
-              <w:t xml:space="preserve"> bedømmere</w:t>
-[...2 lines deleted...]
-              <w:t>, den tilgang til dokument</w:t>
+              <w:t xml:space="preserve"> bedømmere, den tilgang til dokument</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00EA2E4D">
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:t>r, personell og lokal</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00EA2E4D">
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
-              <w:t xml:space="preserve">r </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">ser </w:t>
+              <w:t xml:space="preserve">r Norsk akkreditering ser </w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00EA2E4D">
               <w:t xml:space="preserve">som </w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:t>nødvendig.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w:rsidP="00226809" w14:paraId="4F02637E" w14:textId="5E02BF80">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="000E7A32">
-              <w:t xml:space="preserve">Søker aksepterer </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">s økonomiske </w:t>
+              <w:t xml:space="preserve">Søker aksepterer Norsk akkrediterings økonomiske </w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00BB3051">
               <w:t>be</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00EA2E4D">
               <w:t xml:space="preserve">tingelser </w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:t>gitt i</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="007E40AA">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:tooltip="XRF00129 - https://lovdata.no/dokument/SF/forskrift/2021-07-19-2432" w:history="1">
               <w:r w:rsidRPr="000E7A32" w:rsidR="007E40AA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
               </w:r>
               <w:r w:rsidRPr="000E7A32" w:rsidR="007E40AA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> DOCPROPERTY XRL00129 \*charformat \* MERGEFORMAT </w:instrText>
@@ -6012,57 +5983,51 @@
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:t xml:space="preserve"> i forvaltningssaker (</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00463864">
               <w:t>forvaltningslov</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00D6522B">
               <w:t>en</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:t>), §13, punkt 2.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w:rsidP="00226809" w14:paraId="4F026381" w14:textId="70A7C12C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="000E7A32">
-              <w:t xml:space="preserve">Virksomheter plikter å legge til rette for at </w:t>
-[...5 lines deleted...]
-              <w:t>s bedømmere kan delta i aktiviteter som utføres hos virksomhetens kunder.</w:t>
+              <w:t>Virksomheter plikter å legge til rette for at Norsk akkrediterings bedømmere kan delta i aktiviteter som utføres hos virksomhetens kunder.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w:rsidP="00226809" w14:paraId="4F026382" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="000E7A32">
               <w:t xml:space="preserve">Virksomheten plikter å referere til akkreditering på en slik måte at akkreditering </w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32" w:rsidR="00463864">
               <w:t>ikke</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7A32">
               <w:t xml:space="preserve"> bringes i miskreditt.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00226809" w:rsidRPr="000E7A32" w:rsidP="00226809" w14:paraId="4F026383" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -6371,1341 +6336,1299 @@
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="EK_EksRef"/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve"> Samsvarsmatrise for NS-EN ISO 17043:2023</w:t>
+                <w:t xml:space="preserve"> Samsvarsmatrise for NS-EN ISO/IEC 17029:2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve"> Samsvarsmatrise for NS-EN ISO 15189:2022</w:t>
+                <w:t xml:space="preserve"> Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17029 (EU-ETS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.2 Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 prøving</w:t>
+                <w:t xml:space="preserve"> Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17029</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.3 Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 prøvetaking</w:t>
+                <w:t xml:space="preserve"> Krav til bruk av fleksibel akkreditering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.4 Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 kalibreringslaboratorier</w:t>
+                <w:t xml:space="preserve"> Vilkår for registrering i Norsk akkrediterings GLP-register</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.5 Søknads- og akkrediteringsomfang NS-EN ISO 15189</w:t>
+                <w:t xml:space="preserve"> Samsvarsmatrise for NS-EN ISO 17043:2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.12 Søknads- og akkrediteringsomfang NS-EN ISO 20387</w:t>
+                <w:t xml:space="preserve"> Samsvarsmatrise for NS-EN ISO 15189:2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.13 Ekspertiseområder og produktgrupper for GLP</w:t>
+                <w:t>.24 Søknads- og akkrediteringsomfang NS-EN ISO 17034</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.14 Samsvarsmatrise for NS-EN ISO/IEC 17025:2017</w:t>
+                <w:t>.25 Samsvarsmatrise for NS-EN ISO 17034:2016</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.15 Samsvarsmatrise for NS-EN ISO 15189:2012</w:t>
+                <w:t xml:space="preserve"> Forskrift om gebyrer for Norsk akkrediterings tjenester</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.16 Samsvarsmatrise for NS-EN ISO/IEC 17020:2012</w:t>
+                <w:t>.6 Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.17 Samsvarsmatrise for NS-EN ISO/IEC 17065:2012</w:t>
+                <w:t>.7 Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17065</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.18 Samsvarsmatrise for ISO/IEC 17021-1:2015</w:t>
+                <w:t>.8 Søknads- og akkrediteringsomfang ISO/IEC 17021-1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.19 Samsvarsmatrise for ISO/IEC 17024:2012</w:t>
+                <w:t>.9 Søknads- og akkrediteringsomfang ISO/IEC 17024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.20 Samsvarsmatrise for NS-EN ISO 17043:2010</w:t>
+                <w:t>.11 Søknads- og akkrediteringsomfang NS-EN ISO 17043</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.21 Samsvarsmatrise for NS-EN ISO 20387:2018</w:t>
+                <w:t>.2 Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 prøving</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.22 Vilkår for å være akkreditert - fagområde: alle</w:t>
+                <w:t>.3 Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 prøvetaking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId6" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.23 Søknad om akkreditering og GLP (nynorsk)</w:t>
+                <w:t>.4 Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 kalibreringslaboratorier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.24 Søknads- og akkrediteringsomfang NS-EN ISO 17034</w:t>
+                <w:t>.5 Søknads- og akkrediteringsomfang NS-EN ISO 15189</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.25 Samsvarsmatrise for NS-EN ISO 17034:2016</w:t>
+                <w:t>.12 Søknads- og akkrediteringsomfang NS-EN ISO 20387</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve"> Forskrift om gebyrer for Norsk akkrediterings tjenester</w:t>
+                <w:t>.13 Ekspertiseområder og produktgrupper for GLP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve"> Vilkår for registrering i Norsk akkrediterings GLP-register</w:t>
+                <w:t>.14 Samsvarsmatrise for NS-EN ISO/IEC 17025:2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.6 Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17020</w:t>
+                <w:t>.16 Samsvarsmatrise for NS-EN ISO/IEC 17020:2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.7 Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17065</w:t>
+                <w:t>.17 Samsvarsmatrise for NS-EN ISO/IEC 17065:2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.8 Søknads- og akkrediteringsomfang ISO/IEC 17021-1</w:t>
+                <w:t>.18 Samsvarsmatrise for ISO/IEC 17021-1:2015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.9 Søknads- og akkrediteringsomfang ISO/IEC 17024</w:t>
+                <w:t>.19 Samsvarsmatrise for ISO/IEC 17024:2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>.11 Søknads- og akkrediteringsomfang NS-EN ISO 17043</w:t>
+                <w:t>.21 Samsvarsmatrise for NS-EN ISO 20387:2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve"> Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 prøvetaking avløp</w:t>
+                <w:t>.22 Vilkår for å være akkreditert - fagområde: alle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve"> Samsvarsmatrise for NS-EN ISO/IEC 17029:2019</w:t>
+                <w:t>.23 Søknad om akkreditering og GLP (nynorsk)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:b w:val="0"/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve"> Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17029 (EU-ETS)</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve"> Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17029</w:t>
+                <w:t xml:space="preserve"> Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 prøvetaking avløp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00057172" w:rsidRPr="000E7A32" w14:paraId="4F0263CD" w14:textId="77777777">
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w:rsidR="005C5A37" w:rsidRPr="00BB3051" w14:paraId="4F0263CE" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="nn-NO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidSect="0084014D">
-      <w:headerReference w:type="even" r:id="rId38"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId43"/>
+      <w:headerReference w:type="even" r:id="rId37"/>
+      <w:headerReference w:type="default" r:id="rId38"/>
+      <w:footerReference w:type="even" r:id="rId39"/>
+      <w:footerReference w:type="default" r:id="rId40"/>
+      <w:headerReference w:type="first" r:id="rId41"/>
+      <w:footerReference w:type="first" r:id="rId42"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="1418" w:bottom="851" w:left="1418" w:header="851" w:footer="454" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="245"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -7845,51 +7768,51 @@
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000E7A32">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
             <w:t xml:space="preserve">Versjonsnummer: </w:t>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave \*charformat \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
-            <w:t>4.00</w:t>
+            <w:t>5.00</w:t>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
         <w:p w:rsidR="00841C72" w:rsidRPr="000E7A32" w:rsidP="00841C72" w14:paraId="4F0263DC" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1727" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00841C72" w:rsidRPr="000E7A32" w:rsidP="00841C72" w14:paraId="51A758EB" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000E7A32">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -7922,51 +7845,51 @@
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r w:rsidRPr="000E7A32">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
             <w:t xml:space="preserve">Gyldig fra: </w:t>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_GjelderFra \*charformat \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
-            <w:t>04.12.2024</w:t>
+            <w:t>12.03.2026</w:t>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1714" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00841C72" w:rsidRPr="000E7A32" w:rsidP="00841C72" w14:paraId="7050188F" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:color w:val="000080"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w:rsidR="00841C72" w:rsidRPr="000E7A32" w:rsidP="00841C72" w14:paraId="4BCB23E7" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:color w:val="000080"/>
@@ -8159,51 +8082,51 @@
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000E7A32">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
             <w:t xml:space="preserve">Versjonsnummer: </w:t>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave \*charformat \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
-            <w:t>4.00</w:t>
+            <w:t>5.00</w:t>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
         <w:p w:rsidR="00DE38EB" w:rsidRPr="000E7A32" w:rsidP="00DE38EB" w14:paraId="4F0263E7" w14:textId="1DB0B3B5">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1727" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00DE38EB" w:rsidRPr="000E7A32" w:rsidP="00DE38EB" w14:paraId="368F366B" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000E7A32">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -8236,51 +8159,51 @@
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r w:rsidRPr="000E7A32">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
             <w:t xml:space="preserve">Gyldig fra: </w:t>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_GjelderFra \*charformat \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
-            <w:t>04.12.2024</w:t>
+            <w:t>12.03.2026</w:t>
           </w:r>
           <w:r w:rsidRPr="000E7A32">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1714" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00DE38EB" w:rsidRPr="000E7A32" w:rsidP="00DE38EB" w14:paraId="194DDA1F" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:color w:val="000080"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w:rsidR="00DE38EB" w:rsidRPr="000E7A32" w:rsidP="00DE38EB" w14:paraId="5AB587BD" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:color w:val="000080"/>
@@ -9389,239 +9312,259 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1689718347">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1293052178">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:printFractionalCharacterWidth/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="90"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0064502B"/>
     <w:rsid w:val="0001004E"/>
     <w:rsid w:val="0001454D"/>
     <w:rsid w:val="00023674"/>
+    <w:rsid w:val="00025098"/>
     <w:rsid w:val="000347DC"/>
     <w:rsid w:val="00042D3F"/>
     <w:rsid w:val="00057172"/>
     <w:rsid w:val="0007516E"/>
     <w:rsid w:val="0009260C"/>
     <w:rsid w:val="000B37EE"/>
     <w:rsid w:val="000B7FFE"/>
     <w:rsid w:val="000D32AA"/>
     <w:rsid w:val="000D591A"/>
     <w:rsid w:val="000E13E7"/>
     <w:rsid w:val="000E1CFC"/>
     <w:rsid w:val="000E434A"/>
     <w:rsid w:val="000E7A32"/>
     <w:rsid w:val="000E7D06"/>
     <w:rsid w:val="000F7A6F"/>
     <w:rsid w:val="0010161E"/>
     <w:rsid w:val="0011184F"/>
     <w:rsid w:val="00115C2E"/>
     <w:rsid w:val="001315B2"/>
     <w:rsid w:val="00135D65"/>
     <w:rsid w:val="00141782"/>
+    <w:rsid w:val="00143CD4"/>
+    <w:rsid w:val="00144ACB"/>
     <w:rsid w:val="0014670F"/>
     <w:rsid w:val="001511D6"/>
     <w:rsid w:val="00173CCE"/>
     <w:rsid w:val="001837C0"/>
     <w:rsid w:val="00183EEC"/>
     <w:rsid w:val="001926AF"/>
     <w:rsid w:val="0019558F"/>
     <w:rsid w:val="001A435E"/>
     <w:rsid w:val="001D5658"/>
     <w:rsid w:val="001D7900"/>
     <w:rsid w:val="001E05DC"/>
     <w:rsid w:val="001E46FA"/>
     <w:rsid w:val="001E7B40"/>
     <w:rsid w:val="001F0CD3"/>
     <w:rsid w:val="001F0D3E"/>
     <w:rsid w:val="00210DE5"/>
     <w:rsid w:val="002151F4"/>
     <w:rsid w:val="0022194B"/>
     <w:rsid w:val="00225120"/>
     <w:rsid w:val="00226809"/>
     <w:rsid w:val="0023580B"/>
     <w:rsid w:val="00236FB4"/>
     <w:rsid w:val="002406DD"/>
     <w:rsid w:val="00243E1B"/>
     <w:rsid w:val="00286216"/>
     <w:rsid w:val="002922E6"/>
     <w:rsid w:val="002928CF"/>
+    <w:rsid w:val="002A1735"/>
     <w:rsid w:val="002A19A2"/>
     <w:rsid w:val="002A3B95"/>
     <w:rsid w:val="002A5A6A"/>
     <w:rsid w:val="002B2075"/>
+    <w:rsid w:val="002B3158"/>
     <w:rsid w:val="002D32EE"/>
     <w:rsid w:val="003019A4"/>
     <w:rsid w:val="003037B3"/>
+    <w:rsid w:val="00304A4F"/>
     <w:rsid w:val="00305343"/>
     <w:rsid w:val="00310B4B"/>
+    <w:rsid w:val="003155C2"/>
     <w:rsid w:val="0031702A"/>
     <w:rsid w:val="00317C36"/>
     <w:rsid w:val="00334E39"/>
     <w:rsid w:val="00343038"/>
     <w:rsid w:val="00346487"/>
+    <w:rsid w:val="00354A52"/>
     <w:rsid w:val="003703A6"/>
     <w:rsid w:val="00373690"/>
     <w:rsid w:val="003820F0"/>
     <w:rsid w:val="003938DA"/>
+    <w:rsid w:val="003957E8"/>
     <w:rsid w:val="00397186"/>
     <w:rsid w:val="003A2A50"/>
     <w:rsid w:val="003A6810"/>
     <w:rsid w:val="003A764A"/>
     <w:rsid w:val="003B5BF3"/>
     <w:rsid w:val="003F18EE"/>
     <w:rsid w:val="003F2000"/>
     <w:rsid w:val="0040423B"/>
     <w:rsid w:val="00422A98"/>
     <w:rsid w:val="00425069"/>
     <w:rsid w:val="004471EC"/>
     <w:rsid w:val="00450489"/>
+    <w:rsid w:val="00457D6F"/>
+    <w:rsid w:val="0046335D"/>
     <w:rsid w:val="00463864"/>
     <w:rsid w:val="004705BB"/>
     <w:rsid w:val="00482DEC"/>
     <w:rsid w:val="004A2EF2"/>
     <w:rsid w:val="004A4124"/>
     <w:rsid w:val="004B01B4"/>
     <w:rsid w:val="004B2706"/>
     <w:rsid w:val="004C121C"/>
     <w:rsid w:val="004C1EE4"/>
     <w:rsid w:val="004C53C4"/>
+    <w:rsid w:val="004D0257"/>
     <w:rsid w:val="004D5676"/>
     <w:rsid w:val="004E5DCA"/>
     <w:rsid w:val="004F5636"/>
     <w:rsid w:val="004F7144"/>
     <w:rsid w:val="005063CB"/>
     <w:rsid w:val="00516D07"/>
+    <w:rsid w:val="00516EFA"/>
     <w:rsid w:val="00522CBE"/>
     <w:rsid w:val="00541B69"/>
     <w:rsid w:val="0054532B"/>
     <w:rsid w:val="00545B9B"/>
     <w:rsid w:val="00550305"/>
     <w:rsid w:val="00556072"/>
     <w:rsid w:val="00566DF0"/>
     <w:rsid w:val="00567621"/>
     <w:rsid w:val="00571CC6"/>
     <w:rsid w:val="0057567E"/>
     <w:rsid w:val="00576ADE"/>
     <w:rsid w:val="005B1BF4"/>
     <w:rsid w:val="005B22EC"/>
     <w:rsid w:val="005B5E55"/>
     <w:rsid w:val="005B7645"/>
     <w:rsid w:val="005C0666"/>
     <w:rsid w:val="005C4EFE"/>
     <w:rsid w:val="005C5A37"/>
     <w:rsid w:val="005D1F81"/>
     <w:rsid w:val="005D4AB8"/>
+    <w:rsid w:val="005E0B06"/>
     <w:rsid w:val="005F0799"/>
     <w:rsid w:val="005F3A5B"/>
+    <w:rsid w:val="006071F3"/>
     <w:rsid w:val="00610203"/>
     <w:rsid w:val="00613377"/>
+    <w:rsid w:val="0064234A"/>
     <w:rsid w:val="0064502B"/>
     <w:rsid w:val="00650D9E"/>
     <w:rsid w:val="006525F7"/>
     <w:rsid w:val="00664098"/>
     <w:rsid w:val="00677E28"/>
     <w:rsid w:val="0068329D"/>
     <w:rsid w:val="00686A08"/>
     <w:rsid w:val="006A5230"/>
     <w:rsid w:val="006A780B"/>
     <w:rsid w:val="006B3CDC"/>
     <w:rsid w:val="006B4E57"/>
     <w:rsid w:val="006C4588"/>
     <w:rsid w:val="006D6436"/>
     <w:rsid w:val="006D6741"/>
     <w:rsid w:val="006E0667"/>
     <w:rsid w:val="0070106B"/>
     <w:rsid w:val="00710135"/>
     <w:rsid w:val="00720074"/>
     <w:rsid w:val="007233B3"/>
     <w:rsid w:val="00727989"/>
     <w:rsid w:val="007428EA"/>
     <w:rsid w:val="007538F7"/>
     <w:rsid w:val="007553AC"/>
     <w:rsid w:val="00771649"/>
     <w:rsid w:val="00772908"/>
     <w:rsid w:val="00773E5D"/>
     <w:rsid w:val="00775D2D"/>
     <w:rsid w:val="00777A70"/>
     <w:rsid w:val="00786CF3"/>
     <w:rsid w:val="00787315"/>
     <w:rsid w:val="0078769E"/>
     <w:rsid w:val="00794059"/>
+    <w:rsid w:val="007A37E8"/>
     <w:rsid w:val="007B1C5F"/>
     <w:rsid w:val="007B466E"/>
     <w:rsid w:val="007C6FB2"/>
+    <w:rsid w:val="007D1F34"/>
+    <w:rsid w:val="007D6C7E"/>
     <w:rsid w:val="007E0AF3"/>
     <w:rsid w:val="007E3D56"/>
     <w:rsid w:val="007E40AA"/>
     <w:rsid w:val="00801417"/>
     <w:rsid w:val="00824FF0"/>
     <w:rsid w:val="0084014D"/>
     <w:rsid w:val="00841C72"/>
     <w:rsid w:val="008477C4"/>
     <w:rsid w:val="00854814"/>
     <w:rsid w:val="0085793F"/>
     <w:rsid w:val="008660D1"/>
     <w:rsid w:val="008A2761"/>
+    <w:rsid w:val="008A59AF"/>
     <w:rsid w:val="008C0025"/>
     <w:rsid w:val="008C405D"/>
     <w:rsid w:val="008D20FC"/>
     <w:rsid w:val="008D267C"/>
     <w:rsid w:val="008E0958"/>
     <w:rsid w:val="008F3B64"/>
     <w:rsid w:val="008F7459"/>
     <w:rsid w:val="009024E3"/>
     <w:rsid w:val="00906F07"/>
     <w:rsid w:val="009203D8"/>
     <w:rsid w:val="00923547"/>
     <w:rsid w:val="00924793"/>
     <w:rsid w:val="0093716C"/>
     <w:rsid w:val="00945092"/>
     <w:rsid w:val="009477C0"/>
     <w:rsid w:val="00956209"/>
     <w:rsid w:val="00960CB6"/>
     <w:rsid w:val="00961235"/>
     <w:rsid w:val="00970B1E"/>
     <w:rsid w:val="009721C6"/>
     <w:rsid w:val="009732ED"/>
     <w:rsid w:val="0097346A"/>
     <w:rsid w:val="00973593"/>
     <w:rsid w:val="00975E56"/>
     <w:rsid w:val="00995B4E"/>
@@ -9643,122 +9586,127 @@
     <w:rsid w:val="00A82914"/>
     <w:rsid w:val="00A833C0"/>
     <w:rsid w:val="00A92060"/>
     <w:rsid w:val="00A941A4"/>
     <w:rsid w:val="00AA798A"/>
     <w:rsid w:val="00AB0A11"/>
     <w:rsid w:val="00AB0D74"/>
     <w:rsid w:val="00AB43A1"/>
     <w:rsid w:val="00AB48C2"/>
     <w:rsid w:val="00AD3C07"/>
     <w:rsid w:val="00AF0523"/>
     <w:rsid w:val="00B0554A"/>
     <w:rsid w:val="00B155C4"/>
     <w:rsid w:val="00B305E8"/>
     <w:rsid w:val="00B360F7"/>
     <w:rsid w:val="00B5351C"/>
     <w:rsid w:val="00B70D63"/>
     <w:rsid w:val="00B72F8B"/>
     <w:rsid w:val="00B87D74"/>
     <w:rsid w:val="00BA4404"/>
     <w:rsid w:val="00BA5CD6"/>
     <w:rsid w:val="00BA6A24"/>
     <w:rsid w:val="00BB0817"/>
     <w:rsid w:val="00BB16CD"/>
     <w:rsid w:val="00BB3051"/>
+    <w:rsid w:val="00BD705D"/>
     <w:rsid w:val="00BF51BC"/>
     <w:rsid w:val="00C01AD4"/>
     <w:rsid w:val="00C04597"/>
     <w:rsid w:val="00C1234D"/>
     <w:rsid w:val="00C14C16"/>
     <w:rsid w:val="00C21641"/>
     <w:rsid w:val="00C34F40"/>
     <w:rsid w:val="00C3594E"/>
     <w:rsid w:val="00C441A0"/>
     <w:rsid w:val="00C442BE"/>
     <w:rsid w:val="00C551D3"/>
+    <w:rsid w:val="00C73472"/>
     <w:rsid w:val="00C763B5"/>
     <w:rsid w:val="00C7683E"/>
     <w:rsid w:val="00C92A32"/>
     <w:rsid w:val="00CB1C7E"/>
     <w:rsid w:val="00CB4512"/>
     <w:rsid w:val="00CD5B94"/>
     <w:rsid w:val="00CE5F39"/>
     <w:rsid w:val="00CE6545"/>
     <w:rsid w:val="00CE69BB"/>
     <w:rsid w:val="00CF5A3A"/>
     <w:rsid w:val="00D13796"/>
     <w:rsid w:val="00D14E18"/>
     <w:rsid w:val="00D16878"/>
     <w:rsid w:val="00D16EF7"/>
     <w:rsid w:val="00D21082"/>
     <w:rsid w:val="00D26742"/>
     <w:rsid w:val="00D34D76"/>
     <w:rsid w:val="00D36631"/>
     <w:rsid w:val="00D60245"/>
     <w:rsid w:val="00D6441C"/>
     <w:rsid w:val="00D6522B"/>
+    <w:rsid w:val="00D70FAC"/>
     <w:rsid w:val="00D76191"/>
     <w:rsid w:val="00DA5C00"/>
     <w:rsid w:val="00DA7184"/>
     <w:rsid w:val="00DB6DF5"/>
     <w:rsid w:val="00DC0C3E"/>
     <w:rsid w:val="00DD548C"/>
     <w:rsid w:val="00DE38EB"/>
+    <w:rsid w:val="00DF341D"/>
     <w:rsid w:val="00E00934"/>
     <w:rsid w:val="00E010E0"/>
     <w:rsid w:val="00E12949"/>
     <w:rsid w:val="00E17AAF"/>
     <w:rsid w:val="00E23981"/>
     <w:rsid w:val="00E2403E"/>
     <w:rsid w:val="00E31E2A"/>
     <w:rsid w:val="00E35FB7"/>
     <w:rsid w:val="00E40862"/>
     <w:rsid w:val="00E420D0"/>
     <w:rsid w:val="00E74ED3"/>
     <w:rsid w:val="00E81932"/>
     <w:rsid w:val="00E82876"/>
     <w:rsid w:val="00E91A1F"/>
     <w:rsid w:val="00E93D1A"/>
     <w:rsid w:val="00EA13E5"/>
     <w:rsid w:val="00EA2E4D"/>
     <w:rsid w:val="00EA360D"/>
     <w:rsid w:val="00EA3BEC"/>
     <w:rsid w:val="00EB1C52"/>
     <w:rsid w:val="00EB2BC3"/>
     <w:rsid w:val="00ED1A2A"/>
     <w:rsid w:val="00EE5997"/>
     <w:rsid w:val="00EF1847"/>
     <w:rsid w:val="00EF2CB8"/>
     <w:rsid w:val="00F049F5"/>
     <w:rsid w:val="00F10CB6"/>
     <w:rsid w:val="00F13304"/>
     <w:rsid w:val="00F225F1"/>
     <w:rsid w:val="00F229B6"/>
     <w:rsid w:val="00F44B35"/>
     <w:rsid w:val="00F5250B"/>
     <w:rsid w:val="00F53578"/>
+    <w:rsid w:val="00F73C22"/>
     <w:rsid w:val="00F935C7"/>
     <w:rsid w:val="00F9581F"/>
     <w:rsid w:val="00FB0248"/>
     <w:rsid w:val="00FE3D43"/>
     <w:rsid w:val="00FE4B5A"/>
     <w:rsid w:val="00FF1292"/>
     <w:rsid w:val="00FF264B"/>
   </w:rsids>
   <w:docVars>
     <w:docVar w:name="Avdeling" w:val="lab_avdeling"/>
     <w:docVar w:name="Avsnitt" w:val="lab_avsnitt"/>
     <w:docVar w:name="Bedriftsnavn" w:val="Datakvalitet AS"/>
     <w:docVar w:name="beskyttet" w:val="nei"/>
     <w:docVar w:name="docver" w:val="2.20"/>
     <w:docVar w:name="ekr_dokeier" w:val=" "/>
     <w:docVar w:name="ekr_doktittel" w:val=" "/>
     <w:docVar w:name="ekr_doktype" w:val=" "/>
     <w:docVar w:name="ekr_dokumentid" w:val=" "/>
     <w:docVar w:name="ekr_endret" w:val=" "/>
     <w:docVar w:name="ekr_gradering" w:val=" "/>
     <w:docVar w:name="ekr_hørt" w:val=" "/>
     <w:docVar w:name="ekr_ibruk" w:val=" "/>
     <w:docVar w:name="ekr_opprettet" w:val=" "/>
     <w:docVar w:name="ekr_rapport" w:val=" "/>
     <w:docVar w:name="ekr_refnr" w:val=" "/>
@@ -11022,51 +10970,51 @@
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00317C36"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok01006.xlsx" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00314.docx" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00286.docx" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00766.docx" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00758.docx" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00759.docx" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00760.docx" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00874.docx" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00878.docx" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00756.docx" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00772.docx" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00349.docx" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00823.docx" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00618.docx" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00303.docx" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://akkreditert.no/globalassets/na-dokumenter/dok00988.docx" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00302.docx" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00577.docx" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00549.docx" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00395.docx" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00301.docx" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00745.docx" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00824.docx" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00072.pdf" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://akkreditert.no/globalassets/na-dokumenter/dok00081.pdf" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lovdata.no/dokument/SF/forskrift/2021-07-19-2432" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok01004.docx" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00879.docx" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00810.docx" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:post@akkreditert.no" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00283.xlsx" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00284.docx" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok01006.xlsx" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00314.docx" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00286.docx" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00766.docx" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00758.docx" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00759.docx" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00760.docx" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00874.docx" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00878.docx" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00756.docx" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00772.docx" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00349.docx" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00823.docx" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00618.docx" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://akkreditert.no/globalassets/na-dokumenter/dok00988.docx" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00302.docx" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00577.docx" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00549.docx" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00395.docx" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok01004.docx" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00745.docx" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00824.docx" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://akkreditert.no/globalassets/na-dokumenter/dok00085.pdf" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00072.pdf" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://akkreditert.no/globalassets/na-dokumenter/dok00081.pdf" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lovdata.no/dokument/SF/forskrift/2021-07-19-2432" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00879.docx" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00810.docx" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:post@akkreditert.no" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00283.xlsx" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akkreditert.no/globalassets/na-dokumenter/dok00284.docx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\USERS\BBH\APPDATA\ROAMING\MICROSOFT\TEMPLATES\OPERATIV.DOT" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -11318,161 +11266,161 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=word/webextensions/_rels/taskpanes.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/webextension" Target="webextension1.xml" /></Relationships>
 </file>
 
 <file path=word/webextensions/taskpanes.xml><?xml version="1.0" encoding="utf-8"?>
 <wetp:taskpanes xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11">
-  <wetp:taskpane dockstate="right" visibility="0" width="525" row="3">
+  <wetp:taskpane dockstate="right" visibility="0" width="350" row="5">
     <wetp:webextensionref xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
   </wetp:taskpane>
 </wetp:taskpanes>
 </file>
 
 <file path=word/webextensions/webextension1.xml><?xml version="1.0" encoding="utf-8"?>
 <we:webextension xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" id="{8B8DE4EF-6AF0-478F-967A-BC8259B103D2}">
   <we:reference id="1fc441d0-c012-4ded-878a-44e68ea26eb9" version="1.0.1.0" store="EXCatalog" storeType="excatalog"/>
   <we:alternateReferences/>
   <we:properties/>
   <we:bindings/>
   <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </we:webextension>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1604C96D-B5BA-49FE-8880-97965B824911}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>OPERATIV_EK3TEMPDISABLED</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1019</Words>
-  <Characters>16610</Characters>
+  <Words>2209</Words>
+  <Characters>15222</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>138</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>543</Lines>
+  <Paragraphs>415</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tittel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Søknad om akkreditering og GLP (bokmål)</vt:lpstr>
       <vt:lpstr>Standard</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Datakvalitet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17594</CharactersWithSpaces>
+  <CharactersWithSpaces>17016</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Søknad om akkreditering og GLP (bokmål)</dc:title>
   <dc:subject>00020104|2.1.4.1|</dc:subject>
   <dc:creator>Handbok</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="EK_Bedriftsnavn">
     <vt:lpwstr>Norsk akkreditering</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="EK_DokTittel">
     <vt:lpwstr>Søknad om akkreditering og GLP (bokmål)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="EK_DokType">
     <vt:lpwstr>Skjema</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="EK_DokumentID">
     <vt:lpwstr>D00755</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="EK_GjelderFra">
-    <vt:lpwstr>04.12.2024</vt:lpwstr>
+    <vt:lpwstr>12.03.2026</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="EK_Merknad">
-    <vt:lpwstr>Flyttet 1. Søknad om til starten av dokumentet og delt opp Informasjon om søker i to tabeller, en for søknad om akkreditering og en for søknad om utvidelse av eksisterende akkreditering</vt:lpwstr>
+    <vt:lpwstr>Lagt til følgende under pkt 1: Overgang til ny versjon av akkrediteringsstandard. Oppdatert lenker til samsvarsmatriser under pkt 7. Lagt inn henvisning til kravdokument for fleksibel akkreditering i pkt 8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="EK_Signatur">
     <vt:lpwstr>Cecilie Laake</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="EK_Utgave">
-    <vt:lpwstr>4.00</vt:lpwstr>
+    <vt:lpwstr>5.00</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="EK_Watermark">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="XR00129">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="XR00275">
     <vt:lpwstr>.2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="XR00276">
     <vt:lpwstr>.3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="XR00278">
     <vt:lpwstr>.4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="XR00279">
     <vt:lpwstr>.5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="XR00280">
     <vt:lpwstr>.6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="XR00281">
     <vt:lpwstr>.7</vt:lpwstr>
   </property>
@@ -11514,330 +11462,342 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="XR00294">
     <vt:lpwstr>.20</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="XR00295">
     <vt:lpwstr>.21</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="XR00296">
     <vt:lpwstr>.22</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="XR00499">
     <vt:lpwstr>.23</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="XR00551">
     <vt:lpwstr>.24</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="XR00552">
     <vt:lpwstr>.25</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="XR00585">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="XR00600">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="XR00660">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="XR00607">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="XR00661">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="XR00660">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="XR00686">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="XR00661">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="XR00708">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="XR00686">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="XR00713">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="XR00708">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="43" name="XRF00129">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="43" name="XR00713">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="44" name="XRF00129">
     <vt:lpwstr>Forskrift om gebyrer for Norsk akkrediterings tjenester</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="44" name="XRF00275">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="45" name="XRF00275">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 prøving</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="45" name="XRF00276">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="46" name="XRF00276">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 prøvetaking</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="46" name="XRF00278">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="47" name="XRF00278">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 kalibreringslaboratorier</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="47" name="XRF00279">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="48" name="XRF00279">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO 15189</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="48" name="XRF00280">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="49" name="XRF00280">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17020</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="49" name="XRF00281">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="50" name="XRF00281">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17065</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="50" name="XRF00282">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="51" name="XRF00282">
     <vt:lpwstr>Søknads- og akkrediteringsomfang ISO/IEC 17021-1</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="51" name="XRF00283">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="52" name="XRF00283">
     <vt:lpwstr>Søknads- og akkrediteringsomfang ISO/IEC 17024</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="52" name="XRF00284">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="53" name="XRF00284">
     <vt:lpwstr>Søknads- og akkrediteringsomfang ISO 14065</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="53" name="XRF00285">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="54" name="XRF00285">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO 17043</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="54" name="XRF00286">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="55" name="XRF00286">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO 20387</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="55" name="XRF00287">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="56" name="XRF00287">
     <vt:lpwstr>Ekspertiseområder og produktgrupper for GLP</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="56" name="XRF00288">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="57" name="XRF00288">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO/IEC 17025:2017</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="57" name="XRF00289">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="58" name="XRF00289">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO 15189:2012</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="58" name="XRF00290">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="59" name="XRF00290">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO/IEC 17020:2012</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="59" name="XRF00291">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="60" name="XRF00291">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO/IEC 17065:2012</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="60" name="XRF00292">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="61" name="XRF00292">
     <vt:lpwstr>Samsvarsmatrise for ISO/IEC 17021-1:2015</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="61" name="XRF00293">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="62" name="XRF00293">
     <vt:lpwstr>Samsvarsmatrise for ISO/IEC 17024:2012</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="62" name="XRF00294">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="63" name="XRF00294">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO 17043:2010</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="63" name="XRF00295">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="64" name="XRF00295">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO 20387:2018</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="64" name="XRF00296">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="65" name="XRF00296">
     <vt:lpwstr>Vilkår for å være akkreditert - fagområde: alle</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="65" name="XRF00499">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="66" name="XRF00499">
     <vt:lpwstr>Søknad om akkreditering og GLP (nynorsk)</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="66" name="XRF00551">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="67" name="XRF00551">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO 17034</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="67" name="XRF00552">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="68" name="XRF00552">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO 17034:2016</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="68" name="XRF00585">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="69" name="XRF00585">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO/IEC 17029:2019</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="69" name="XRF00600">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="70" name="XRF00600">
     <vt:lpwstr>Vilkår for registrering i Norsk akkrediterings GLP-register</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="70" name="XRF00660">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="71" name="XRF00607">
+    <vt:lpwstr>Krav til bruk av fleksibel akkreditering</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="72" name="XRF00660">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17029 (EU-ETS)</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="71" name="XRF00661">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="73" name="XRF00661">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17029</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="72" name="XRF00686">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="74" name="XRF00686">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO 15189:2022</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="73" name="XRF00708">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="75" name="XRF00708">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 prøvetaking avløp</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="74" name="XRF00713">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="76" name="XRF00713">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO 17043:2023</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="75" name="XRL00129">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="77" name="XRL00129">
     <vt:lpwstr> Forskrift om gebyrer for Norsk akkrediterings tjenester</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="76" name="XRL00275">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="78" name="XRL00275">
     <vt:lpwstr>.2 Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 prøving</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="77" name="XRL00276">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="79" name="XRL00276">
     <vt:lpwstr>.3 Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 prøvetaking</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="78" name="XRL00278">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="80" name="XRL00278">
     <vt:lpwstr>.4 Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 kalibreringslaboratorier</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="79" name="XRL00279">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="81" name="XRL00279">
     <vt:lpwstr>.5 Søknads- og akkrediteringsomfang NS-EN ISO 15189</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="80" name="XRL00280">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="82" name="XRL00280">
     <vt:lpwstr>.6 Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17020</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="81" name="XRL00281">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="83" name="XRL00281">
     <vt:lpwstr>.7 Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17065</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="82" name="XRL00282">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="84" name="XRL00282">
     <vt:lpwstr>.8 Søknads- og akkrediteringsomfang ISO/IEC 17021-1</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="83" name="XRL00283">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="85" name="XRL00283">
     <vt:lpwstr>.9 Søknads- og akkrediteringsomfang ISO/IEC 17024</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="84" name="XRL00284">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="86" name="XRL00284">
     <vt:lpwstr>..10 Søknads- og akkrediteringsomfang ISO 14065</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="85" name="XRL00285">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="87" name="XRL00285">
     <vt:lpwstr>.11 Søknads- og akkrediteringsomfang NS-EN ISO 17043</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="86" name="XRL00286">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="88" name="XRL00286">
     <vt:lpwstr>.12 Søknads- og akkrediteringsomfang NS-EN ISO 20387</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="87" name="XRL00287">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="89" name="XRL00287">
     <vt:lpwstr>.13 Ekspertiseområder og produktgrupper for GLP</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="88" name="XRL00288">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="90" name="XRL00288">
     <vt:lpwstr>.14 Samsvarsmatrise for NS-EN ISO/IEC 17025:2017</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="89" name="XRL00289">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="91" name="XRL00289">
     <vt:lpwstr>.15 Samsvarsmatrise for NS-EN ISO 15189:2012</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="90" name="XRL00290">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="92" name="XRL00290">
     <vt:lpwstr>.16 Samsvarsmatrise for NS-EN ISO/IEC 17020:2012</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="91" name="XRL00291">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="93" name="XRL00291">
     <vt:lpwstr>.17 Samsvarsmatrise for NS-EN ISO/IEC 17065:2012</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="92" name="XRL00292">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="94" name="XRL00292">
     <vt:lpwstr>.18 Samsvarsmatrise for ISO/IEC 17021-1:2015</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="93" name="XRL00293">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="95" name="XRL00293">
     <vt:lpwstr>.19 Samsvarsmatrise for ISO/IEC 17024:2012</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="94" name="XRL00294">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="96" name="XRL00294">
     <vt:lpwstr>.20 Samsvarsmatrise for NS-EN ISO 17043:2010</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="95" name="XRL00295">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="97" name="XRL00295">
     <vt:lpwstr>.21 Samsvarsmatrise for NS-EN ISO 20387:2018</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="96" name="XRL00296">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="98" name="XRL00296">
     <vt:lpwstr>.22 Vilkår for å være akkreditert - fagområde: alle</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="97" name="XRL00499">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="99" name="XRL00499">
     <vt:lpwstr>.23 Søknad om akkreditering og GLP (nynorsk)</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="98" name="XRL00551">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="100" name="XRL00551">
     <vt:lpwstr>.24 Søknads- og akkrediteringsomfang NS-EN ISO 17034</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="99" name="XRL00552">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="101" name="XRL00552">
     <vt:lpwstr>.25 Samsvarsmatrise for NS-EN ISO 17034:2016</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="100" name="XRL00585">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="102" name="XRL00585">
     <vt:lpwstr> Samsvarsmatrise for NS-EN ISO/IEC 17029:2019</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="101" name="XRL00600">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="103" name="XRL00600">
     <vt:lpwstr> Vilkår for registrering i Norsk akkrediterings GLP-register</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="102" name="XRL00660">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="104" name="XRL00607">
+    <vt:lpwstr> Krav til bruk av fleksibel akkreditering</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="105" name="XRL00660">
     <vt:lpwstr> Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17029 (EU-ETS)</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="103" name="XRL00661">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="106" name="XRL00661">
     <vt:lpwstr> Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17029</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="104" name="XRL00686">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="107" name="XRL00686">
     <vt:lpwstr> Samsvarsmatrise for NS-EN ISO 15189:2022</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="105" name="XRL00708">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="108" name="XRL00708">
     <vt:lpwstr> Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 prøvetaking avløp</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="106" name="XRL00713">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="109" name="XRL00713">
     <vt:lpwstr> Samsvarsmatrise for NS-EN ISO 17043:2023</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="107" name="XRT00129">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="110" name="XRT00129">
     <vt:lpwstr>Forskrift om gebyrer for Norsk akkrediterings tjenester</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="108" name="XRT00275">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="111" name="XRT00275">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 prøving</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="109" name="XRT00276">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="112" name="XRT00276">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 prøvetaking</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="110" name="XRT00278">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="113" name="XRT00278">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 kalibreringslaboratorier</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="111" name="XRT00279">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="114" name="XRT00279">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO 15189</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="112" name="XRT00280">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="115" name="XRT00280">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17020</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="113" name="XRT00281">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="116" name="XRT00281">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17065</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="114" name="XRT00282">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="117" name="XRT00282">
     <vt:lpwstr>Søknads- og akkrediteringsomfang ISO/IEC 17021-1</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="115" name="XRT00283">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="118" name="XRT00283">
     <vt:lpwstr>Søknads- og akkrediteringsomfang ISO/IEC 17024</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="116" name="XRT00284">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="119" name="XRT00284">
     <vt:lpwstr>Søknads- og akkrediteringsomfang ISO 14065</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="117" name="XRT00285">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="120" name="XRT00285">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO 17043</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="118" name="XRT00286">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="121" name="XRT00286">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO 20387</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="119" name="XRT00287">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="122" name="XRT00287">
     <vt:lpwstr>Ekspertiseområder og produktgrupper for GLP</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="120" name="XRT00288">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="123" name="XRT00288">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO/IEC 17025:2017</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="121" name="XRT00289">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="124" name="XRT00289">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO 15189:2012</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="122" name="XRT00290">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="125" name="XRT00290">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO/IEC 17020:2012</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="123" name="XRT00291">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="126" name="XRT00291">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO/IEC 17065:2012</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="124" name="XRT00292">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="127" name="XRT00292">
     <vt:lpwstr>Samsvarsmatrise for ISO/IEC 17021-1:2015</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="125" name="XRT00293">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="128" name="XRT00293">
     <vt:lpwstr>Samsvarsmatrise for ISO/IEC 17024:2012</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="126" name="XRT00294">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="129" name="XRT00294">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO 17043:2010</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="127" name="XRT00295">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="130" name="XRT00295">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO 20387:2018</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="128" name="XRT00296">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="131" name="XRT00296">
     <vt:lpwstr>Vilkår for å være akkreditert - fagområde: alle</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="129" name="XRT00499">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="132" name="XRT00499">
     <vt:lpwstr>Søknad om akkreditering og GLP (nynorsk)</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="130" name="XRT00551">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="133" name="XRT00551">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO 17034</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="131" name="XRT00552">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="134" name="XRT00552">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO 17034:2016</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="132" name="XRT00585">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="135" name="XRT00585">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO/IEC 17029:2019</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="133" name="XRT00600">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="136" name="XRT00600">
     <vt:lpwstr>Vilkår for registrering i Norsk akkrediterings GLP-register</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="134" name="XRT00660">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="137" name="XRT00607">
+    <vt:lpwstr>Krav til bruk av fleksibel akkreditering</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="138" name="XRT00660">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17029 (EU-ETS)</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="135" name="XRT00661">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="139" name="XRT00661">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17029</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="136" name="XRT00686">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="140" name="XRT00686">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO 15189:2022</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="137" name="XRT00708">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="141" name="XRT00708">
     <vt:lpwstr>Søknads- og akkrediteringsomfang NS-EN ISO/IEC 17025 prøvetaking avløp</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="138" name="XRT00713">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="142" name="XRT00713">
     <vt:lpwstr>Samsvarsmatrise for NS-EN ISO 17043:2023</vt:lpwstr>
   </property>
 </Properties>
 </file>