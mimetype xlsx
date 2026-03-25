--- v0 (2025-11-03)
+++ v1 (2026-03-25)
@@ -1,128 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
   <Override PartName="/xl/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/comments4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="xl/webextensions/taskpanes.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://akkreditert.datakvalitet.net/webdav/"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="hiddenSheet" sheetId="13" state="hidden" r:id="rId3"/>
-    <sheet name="Påløpte utgifter 2024" sheetId="9" r:id="rId4"/>
+    <sheet name="Påløpte utgifter 2026" sheetId="15" r:id="rId4"/>
     <sheet name="Påløpte utgifter 2025" sheetId="14" r:id="rId5"/>
+    <sheet name="Påløpte utgifter 2024" sheetId="9" state="hidden" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="ek_gradering" localSheetId="0">hiddenSheet!$A$2</definedName>
     <definedName name="ek_utgave" localSheetId="0">hiddenSheet!$A$1</definedName>
     <definedName name="ek_utgave">#REF!</definedName>
-    <definedName name="KundeNavn" localSheetId="1">'Påløpte utgifter 2024'!#REF!</definedName>
+    <definedName name="KundeNavn" localSheetId="3">'Påløpte utgifter 2024'!#REF!</definedName>
     <definedName name="KundeNavn" localSheetId="2">'Påløpte utgifter 2025'!#REF!</definedName>
+    <definedName name="KundeNavn" localSheetId="1">'Påløpte utgifter 2026'!#REF!</definedName>
     <definedName name="KundeNavn">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Påløpte utgifter 2024'!$B$2:$N$65</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'Påløpte utgifter 2024'!$B$2:$N$65</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Påløpte utgifter 2025'!$B$2:$N$65</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Påløpte utgifter 2026'!$B$2:$N$65</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr defaultImageDpi="32767"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I17" i="9" l="1"/>
+  <c r="I17" i="15" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Janicke Sundberg</author>
   </authors>
   <commentList>
-    <comment ref="M23" authorId="0" shapeId="0" xr:uid="{BCC0D1F0-8B93-4A0B-BE80-C09067A2500D}">
+    <comment ref="M23" authorId="0" shapeId="0" xr:uid="{50A0E725-4CC7-4834-B23E-C1DFD467C2D2}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">Reiseutlegg som skal refunderes må dokumenteres med gyldig kvittering. </t>
         </r>
       </text>
     </comment>
-    <comment ref="M46" authorId="0" shapeId="0" xr:uid="{E4B7ACB1-E59E-4D5F-A868-247AB352EB00}">
+    <comment ref="M46" authorId="0" shapeId="0" xr:uid="{5E980387-FA76-438B-AE65-4218A02DC78D}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">Reiseutlegg som skal refunderes må dokumenteres med gyldig kvittering. 
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments3.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Janicke Sundberg</author>
   </authors>
   <commentList>
     <comment ref="M23" authorId="0" shapeId="0" xr:uid="{9D6B0E6D-3CF9-48D4-8D38-D7FC860CCFB2}">
       <text>
@@ -133,52 +139,89 @@
             <family val="2"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">Reiseutlegg som skal refunderes må dokumenteres med gyldig kvittering. </t>
         </r>
       </text>
     </comment>
     <comment ref="M46" authorId="0" shapeId="0" xr:uid="{C6C27E8D-1FA8-48A6-A86C-EE97147E0735}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">Reiseutlegg som skal refunderes må dokumenteres med gyldig kvittering. 
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
+<file path=xl/comments4.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>Janicke Sundberg</author>
+  </authors>
+  <commentList>
+    <comment ref="M23" authorId="0" shapeId="0" xr:uid="{BCC0D1F0-8B93-4A0B-BE80-C09067A2500D}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">Reiseutlegg som skal refunderes må dokumenteres med gyldig kvittering. </t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="M46" authorId="0" shapeId="0" xr:uid="{E4B7ACB1-E59E-4D5F-A868-247AB352EB00}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">Reiseutlegg som skal refunderes må dokumenteres med gyldig kvittering. 
+</t>
+        </r>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="197" uniqueCount="53">
   <si>
     <t>Beløp NOK</t>
   </si>
   <si>
     <t>Kl.:</t>
   </si>
   <si>
     <t>Beløp</t>
   </si>
   <si>
     <t>Sum:</t>
   </si>
   <si>
     <t xml:space="preserve"> Fra sted:</t>
   </si>
   <si>
     <t xml:space="preserve"> Til  sted:</t>
   </si>
   <si>
     <t>Dato:</t>
   </si>
   <si>
     <t>Lunsj</t>
   </si>
   <si>
@@ -277,60 +320,66 @@
   <si>
     <t>Innleid bedømmer:</t>
   </si>
   <si>
     <t>Passasjertillegg              Oppgi navn på passasjer(er):</t>
   </si>
   <si>
     <t>Transportutgifter</t>
   </si>
   <si>
     <t>For reiser i Norge utført i 2024 - etter statens satser/reiseregulativ</t>
   </si>
   <si>
     <t>Reisespesifikasjon - påløpte utgifter 2024</t>
   </si>
   <si>
     <t>Spesifikasjonen sendes Norsk akkreditering i pdf-format som vedlegg til faktura.</t>
   </si>
   <si>
     <t>Versjonsnr:</t>
   </si>
   <si>
     <t>Åpen</t>
   </si>
   <si>
-    <t>3.00</t>
+    <t>4.01</t>
   </si>
   <si>
     <t>Lenke til statens satser innenlands</t>
   </si>
   <si>
     <t>Reisespesifikasjon - påløpte utgifter 2025</t>
   </si>
   <si>
     <t>For reiser i Norge utført i 2025 - etter statens satser/reiseregulativ</t>
+  </si>
+  <si>
+    <t>Reisespesifikasjon - påløpte utgifter 2026</t>
+  </si>
+  <si>
+    <t>For reiser i Norge utført i 2026 - etter statens satser/reiseregulativ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_-&quot;kr&quot;\ * #,##0.00_-;\-&quot;kr&quot;\ * #,##0.00_-;_-&quot;kr&quot;\ * &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="hh:mm;@"/>
     <numFmt numFmtId="165" formatCode="dd/mm/yy;@"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;\-#,##0.00;"/>
   </numFmts>
   <fonts count="10">
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -375,277 +424,289 @@
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="9"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="4" tint="0.399980008602142"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD3DFEE"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEEF3F8"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="49">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...22 lines deleted...]
-    <border>
       <left style="thin">
         <color auto="1"/>
-      </left>
-[...12 lines deleted...]
-        <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="double">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
-      <left style="thin">
-[...15 lines deleted...]
-      </left>
+      <left/>
       <right/>
       <top style="thin">
         <color indexed="8"/>
       </top>
-      <bottom style="thin">
-[...34 lines deleted...]
-      <top/>
       <bottom/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="8"/>
-      </top>
-[...10 lines deleted...]
-        <color auto="1"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
+      </bottom>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
-        <color indexed="8"/>
-[...10 lines deleted...]
-      <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="8"/>
+      </bottom>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="double">
+        <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
@@ -677,213 +738,203 @@
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right style="thin">
-        <color indexed="8"/>
-[...10 lines deleted...]
-      <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
-      <top style="thin">
-[...72 lines deleted...]
-      </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
-      <left/>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
       <right/>
       <top style="thin">
-        <color auto="1"/>
+        <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="8"/>
       </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+    </border>
+    <border>
+      <left/>
+      <right/>
       <top style="thin">
-        <color auto="1"/>
+        <color indexed="8"/>
       </top>
       <bottom style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top/>
       <bottom/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
     </border>
     <border>
@@ -903,698 +954,700 @@
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
-      <left/>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top/>
       <bottom/>
     </border>
     <border>
-      <left style="thin">
-[...1 lines deleted...]
-      </left>
+      <left/>
       <right/>
       <top style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </top>
-      <bottom/>
-[...7 lines deleted...]
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
     </border>
     <border>
       <left/>
       <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
         <color auto="1"/>
-      </right>
-[...1 lines deleted...]
-      <bottom/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
     </border>
   </borders>
   <cellStyleXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment/>
       <protection/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="42" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="41" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="183">
+  <cellXfs count="184">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="3" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" quotePrefix="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="20" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="44" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="44" fontId="2" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" quotePrefix="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="5" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="5" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="0" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="0" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="6" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="0" fillId="5" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="4" borderId="29" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="36" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="20" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
-    </xf>
-[...554 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="15" builtinId="5"/>
     <cellStyle name="Currency" xfId="16" builtinId="4"/>
     <cellStyle name="Currency [0]" xfId="17" builtinId="7"/>
     <cellStyle name="Comma" xfId="18" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="19" builtinId="6"/>
     <cellStyle name="Hyperkobling" xfId="20" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
@@ -1642,127 +1695,177 @@
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.gif" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.gif" /></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.gif" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>12</xdr:col>
       <xdr:colOff>453352</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>68791</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>519642</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>105833</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Bilde 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{b174a24f-f514-468d-9a14-f4537748c698}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0426a6e9-48a9-4fcc-8568-8a7cc726ee70}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="8677275" y="228600"/>
+          <a:off x="8763000" y="228600"/>
           <a:ext cx="866775" cy="1171575"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>12</xdr:col>
       <xdr:colOff>453352</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>68791</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>519642</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>105833</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Bilde 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5e5ca100-6f8e-4191-b6b9-8ae7ae07d904}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="8677275" y="228600"/>
+          <a:ext cx="866775" cy="1171575"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect"/>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>453352</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>68791</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>519642</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>105833</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Bilde 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{b174a24f-f514-468d-9a14-f4537748c698}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8677275" y="228600"/>
           <a:ext cx="866775" cy="1171575"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
@@ -2059,151 +2162,155 @@
 <wetp:taskpanes xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <wetp:taskpane dockstate="right" visibility="0" width="350" row="11">
     <wetp:webextensionref r:id="rId1"/>
   </wetp:taskpane>
 </wetp:taskpanes>
 </file>
 
 <file path=xl/webextensions/webextension1.xml><?xml version="1.0" encoding="utf-8"?>
 <we:webextension xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="{764ED083-D6A1-4ABC-AB2A-C9C6EA00C7C9}">
   <we:reference id="1fc441d0-c012-4ded-878a-44e68ea26eb9" version="3.0.0.0" store="EXCatalog" storeType="ExCatalog"/>
   <we:alternateReferences>
     <we:reference id="WA200003024" version="3.0.0.0" store="nb-NO" storeType="OMEX"/>
   </we:alternateReferences>
   <we:properties/>
   <we:bindings/>
   <we:snapshot/>
 </we:webextension>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arbeidsgiver.dfo.no/lonn-goder-og-reise/reiser-og-satser/statens-satser-innenlands" TargetMode="External" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arbeidsgiver.dfo.no/lonn-goder-og-reise/reiser-og-satser/statens-satser-innenlands" TargetMode="External" /></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments4.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arbeidsgiver.dfo.no/lonn-goder-og-reise/reiser-og-satser/statens-satser-innenlands" TargetMode="External" /></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{58AAAA34-F4AD-4E6A-B57E-E138291DBDDC}">
   <dimension ref="A1:A2"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.4242857142857" defaultRowHeight="12.75"/>
   <sheetData>
     <row r="1" spans="1:1" ht="12.75">
       <c r="A1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="2" spans="1:1" ht="12.75">
       <c r="A2" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B22850F-63EC-4C21-9D21-14901B6E27C1}">
   <sheetPr>
+    <tabColor rgb="FF92D050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:AA65"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0" topLeftCell="A1">
       <selection pane="topLeft" activeCell="E9" sqref="E9:G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.14428571428571" defaultRowHeight="12.75"/>
   <cols>
     <col min="2" max="2" width="3.42857142857143" customWidth="1"/>
     <col min="3" max="3" width="9.14285714285714" customWidth="1"/>
     <col min="4" max="4" width="13.7142857142857" customWidth="1"/>
     <col min="5" max="5" width="14.5714285714286" customWidth="1"/>
     <col min="6" max="6" width="9.57142857142857" customWidth="1"/>
-    <col min="7" max="7" width="11" customWidth="1"/>
+    <col min="7" max="7" width="12.2857142857143" customWidth="1"/>
     <col min="8" max="8" width="9.57142857142857" customWidth="1"/>
     <col min="9" max="9" width="12" customWidth="1"/>
     <col min="10" max="10" width="9.57142857142857" customWidth="1"/>
     <col min="11" max="11" width="12" customWidth="1"/>
     <col min="12" max="12" width="9.57142857142857" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="12" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="14.2857142857143" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:14" ht="24.95" customHeight="1">
-      <c r="B2" s="119" t="s">
-[...13 lines deleted...]
-      <c r="N2" s="120"/>
+      <c r="B2" s="163" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" s="164"/>
+      <c r="D2" s="164"/>
+      <c r="E2" s="164"/>
+      <c r="F2" s="164"/>
+      <c r="G2" s="164"/>
+      <c r="H2" s="164"/>
+      <c r="I2" s="164"/>
+      <c r="J2" s="164"/>
+      <c r="K2" s="164"/>
+      <c r="L2" s="164"/>
+      <c r="M2" s="164"/>
+      <c r="N2" s="164"/>
     </row>
     <row r="3" spans="2:14" ht="13.5" customHeight="1">
-      <c r="B3" s="121" t="s">
-[...13 lines deleted...]
-      <c r="N3" s="122"/>
+      <c r="B3" s="165" t="s">
+        <v>52</v>
+      </c>
+      <c r="C3" s="166"/>
+      <c r="D3" s="166"/>
+      <c r="E3" s="166"/>
+      <c r="F3" s="166"/>
+      <c r="G3" s="166"/>
+      <c r="H3" s="166"/>
+      <c r="I3" s="166"/>
+      <c r="J3" s="166"/>
+      <c r="K3" s="166"/>
+      <c r="L3" s="166"/>
+      <c r="M3" s="166"/>
+      <c r="N3" s="166"/>
     </row>
     <row r="4" spans="2:27" ht="12.75">
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="167" t="s">
         <v>48</v>
       </c>
-      <c r="C4" s="4"/>
-[...10 lines deleted...]
-      <c r="N4" s="4"/>
+      <c r="C4" s="167"/>
+      <c r="D4" s="167"/>
+      <c r="E4" s="167"/>
+      <c r="F4" s="167"/>
+      <c r="G4" s="167"/>
+      <c r="H4" s="167"/>
+      <c r="I4" s="167"/>
+      <c r="J4" s="167"/>
+      <c r="K4" s="167"/>
+      <c r="L4" s="167"/>
+      <c r="M4" s="167"/>
+      <c r="N4" s="167"/>
       <c r="AA4" s="30"/>
     </row>
     <row r="5" spans="2:27" ht="12.75">
       <c r="B5" s="25"/>
       <c r="C5" s="25"/>
       <c r="D5" s="25"/>
       <c r="E5" s="25"/>
       <c r="F5" s="25"/>
       <c r="G5" s="25"/>
       <c r="H5" s="25"/>
       <c r="I5" s="25"/>
       <c r="J5" s="25"/>
       <c r="K5" s="25"/>
       <c r="L5" s="25"/>
       <c r="M5" s="25"/>
       <c r="N5" s="25"/>
       <c r="AA5" s="30"/>
     </row>
     <row r="6" spans="2:27" ht="12.75">
       <c r="B6" s="30" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="25"/>
       <c r="D6" s="25"/>
       <c r="E6" s="25"/>
@@ -2217,2363 +2324,1072 @@
       <c r="M6" s="25"/>
       <c r="N6" s="25"/>
       <c r="AA6" s="30"/>
     </row>
     <row r="7" spans="2:2" ht="12.75">
       <c r="B7" s="30" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="3:27" ht="12.75">
       <c r="C8" s="25"/>
       <c r="D8" s="25"/>
       <c r="E8" s="25"/>
       <c r="F8" s="25"/>
       <c r="G8" s="25"/>
       <c r="H8" s="25"/>
       <c r="I8" s="25"/>
       <c r="J8" s="25"/>
       <c r="K8" s="25"/>
       <c r="L8" s="25"/>
       <c r="M8" s="25"/>
       <c r="N8" s="25"/>
       <c r="AA8" s="30"/>
     </row>
     <row r="9" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B9" s="131" t="s">
+      <c r="B9" s="168" t="s">
         <v>39</v>
       </c>
-      <c r="C9" s="132"/>
-[...4 lines deleted...]
-      <c r="H9" s="123" t="s">
+      <c r="C9" s="169"/>
+      <c r="D9" s="170"/>
+      <c r="E9" s="171"/>
+      <c r="F9" s="172"/>
+      <c r="G9" s="173"/>
+      <c r="H9" s="174" t="s">
         <v>9</v>
       </c>
-      <c r="I9" s="124"/>
-[...1 lines deleted...]
-      <c r="K9" s="125"/>
+      <c r="I9" s="146"/>
+      <c r="J9" s="175"/>
+      <c r="K9" s="175"/>
       <c r="L9" s="18" t="s">
         <v>1</v>
       </c>
-      <c r="M9" s="126"/>
-      <c r="N9" s="126"/>
+      <c r="M9" s="176"/>
+      <c r="N9" s="176"/>
     </row>
     <row r="10" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B10" s="134" t="s">
+      <c r="B10" s="177" t="s">
         <v>26</v>
       </c>
-      <c r="C10" s="135"/>
-[...4 lines deleted...]
-      <c r="H10" s="127" t="s">
+      <c r="C10" s="178"/>
+      <c r="D10" s="179"/>
+      <c r="E10" s="180"/>
+      <c r="F10" s="181"/>
+      <c r="G10" s="182"/>
+      <c r="H10" s="145" t="s">
         <v>18</v>
       </c>
-      <c r="I10" s="124"/>
-[...1 lines deleted...]
-      <c r="K10" s="125"/>
+      <c r="I10" s="146"/>
+      <c r="J10" s="175"/>
+      <c r="K10" s="175"/>
       <c r="L10" s="18" t="s">
         <v>1</v>
       </c>
-      <c r="M10" s="126"/>
-      <c r="N10" s="126"/>
+      <c r="M10" s="176"/>
+      <c r="N10" s="176"/>
     </row>
     <row r="11" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B11" s="102" t="s">
+      <c r="B11" s="140" t="s">
         <v>24</v>
       </c>
-      <c r="C11" s="103"/>
-[...4 lines deleted...]
-      <c r="H11" s="127" t="s">
+      <c r="C11" s="141"/>
+      <c r="D11" s="142"/>
+      <c r="E11" s="143"/>
+      <c r="F11" s="143"/>
+      <c r="G11" s="144"/>
+      <c r="H11" s="145" t="s">
         <v>27</v>
       </c>
-      <c r="I11" s="124"/>
-[...4 lines deleted...]
-      <c r="N11" s="128"/>
+      <c r="I11" s="146"/>
+      <c r="J11" s="147"/>
+      <c r="K11" s="147"/>
+      <c r="L11" s="147"/>
+      <c r="M11" s="147"/>
+      <c r="N11" s="147"/>
     </row>
     <row r="12" spans="2:14" ht="16.5" customHeight="1">
-      <c r="B12" s="102" t="s">
+      <c r="B12" s="140" t="s">
         <v>25</v>
       </c>
-      <c r="C12" s="103"/>
-[...10 lines deleted...]
-      <c r="N12" s="146"/>
+      <c r="C12" s="141"/>
+      <c r="D12" s="142"/>
+      <c r="E12" s="148"/>
+      <c r="F12" s="143"/>
+      <c r="G12" s="149"/>
+      <c r="H12" s="150"/>
+      <c r="I12" s="151"/>
+      <c r="J12" s="151"/>
+      <c r="K12" s="151"/>
+      <c r="L12" s="151"/>
+      <c r="M12" s="151"/>
+      <c r="N12" s="151"/>
     </row>
     <row r="13" spans="2:14" ht="16.5" customHeight="1">
       <c r="B13" s="28"/>
       <c r="C13" s="28"/>
       <c r="D13" s="28"/>
       <c r="E13" s="29"/>
       <c r="F13" s="29"/>
       <c r="G13" s="29"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="27"/>
       <c r="K13" s="27"/>
       <c r="L13" s="27"/>
       <c r="M13" s="27"/>
       <c r="N13" s="27"/>
     </row>
     <row r="14" spans="2:14" ht="15.2" customHeight="1">
-      <c r="B14" s="149" t="s">
+      <c r="B14" s="152" t="s">
         <v>30</v>
       </c>
-      <c r="C14" s="150"/>
-[...4 lines deleted...]
-      <c r="H14" s="86" t="s">
+      <c r="C14" s="153"/>
+      <c r="D14" s="153"/>
+      <c r="E14" s="153"/>
+      <c r="F14" s="153"/>
+      <c r="G14" s="154"/>
+      <c r="H14" s="158" t="s">
         <v>12</v>
       </c>
-      <c r="I14" s="86"/>
-[...4 lines deleted...]
-      <c r="N14" s="147" t="s">
+      <c r="I14" s="158"/>
+      <c r="J14" s="158"/>
+      <c r="K14" s="158"/>
+      <c r="L14" s="158"/>
+      <c r="M14" s="158"/>
+      <c r="N14" s="159" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="15" spans="2:14" ht="15.2" customHeight="1">
-      <c r="B15" s="152"/>
-[...5 lines deleted...]
-      <c r="H15" s="86" t="s">
+      <c r="B15" s="155"/>
+      <c r="C15" s="156"/>
+      <c r="D15" s="156"/>
+      <c r="E15" s="156"/>
+      <c r="F15" s="156"/>
+      <c r="G15" s="157"/>
+      <c r="H15" s="158" t="s">
         <v>11</v>
       </c>
-      <c r="I15" s="86"/>
-      <c r="J15" s="87" t="s">
+      <c r="I15" s="158"/>
+      <c r="J15" s="161" t="s">
         <v>7</v>
       </c>
-      <c r="K15" s="88"/>
-      <c r="L15" s="87" t="s">
+      <c r="K15" s="162"/>
+      <c r="L15" s="161" t="s">
         <v>8</v>
       </c>
-      <c r="M15" s="88"/>
-      <c r="N15" s="148"/>
+      <c r="M15" s="162"/>
+      <c r="N15" s="160"/>
     </row>
     <row r="16" spans="2:14" ht="15.2" customHeight="1">
       <c r="B16" s="60"/>
       <c r="C16" s="61"/>
       <c r="D16" s="61"/>
       <c r="E16" s="61"/>
       <c r="F16" s="59" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="62" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="35" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="35" t="s">
         <v>37</v>
       </c>
       <c r="J16" s="35" t="s">
         <v>15</v>
       </c>
       <c r="K16" s="36" t="s">
         <v>37</v>
       </c>
       <c r="L16" s="63" t="s">
         <v>15</v>
       </c>
       <c r="M16" s="38" t="s">
         <v>37</v>
       </c>
       <c r="N16" s="24" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="2:14" s="44" customFormat="1" ht="15.95" customHeight="1">
       <c r="B17" s="45" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="34"/>
       <c r="D17" s="34"/>
       <c r="E17" s="34"/>
-      <c r="F17" s="37"/>
+      <c r="F17" s="183"/>
       <c r="G17" s="50">
-        <v>940</v>
+        <v>1012</v>
       </c>
       <c r="H17" s="37"/>
       <c r="I17" s="49">
         <f>H17*(G17*20%)</f>
         <v>0</v>
       </c>
       <c r="J17" s="37"/>
       <c r="K17" s="49">
         <f>J17*(G17*30%)</f>
         <v>0</v>
       </c>
       <c r="L17" s="67"/>
       <c r="M17" s="46">
         <f>L17*(G17*50%)</f>
         <v>0</v>
       </c>
       <c r="N17" s="47">
         <f>(F17*G17)-I17-K17-M17</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:14" s="44" customFormat="1" ht="15.95" customHeight="1">
       <c r="B18" s="45" t="s">
         <v>33</v>
       </c>
       <c r="C18" s="34"/>
       <c r="D18" s="34"/>
       <c r="E18" s="34"/>
-      <c r="F18" s="37"/>
+      <c r="F18" s="183"/>
       <c r="G18" s="51">
-        <v>686</v>
+        <v>736</v>
       </c>
       <c r="H18" s="37"/>
       <c r="I18" s="49">
         <f t="shared" si="0" ref="I18">H18*(G18*20%)</f>
         <v>0</v>
       </c>
       <c r="J18" s="37"/>
       <c r="K18" s="49">
         <f t="shared" si="1" ref="K18:K19">J18*(G18*30%)</f>
         <v>0</v>
       </c>
       <c r="L18" s="67"/>
       <c r="M18" s="46">
         <f t="shared" si="2" ref="M18:M19">L18*(G18*50%)</f>
         <v>0</v>
       </c>
       <c r="N18" s="47">
         <f>(F18*G18)-I18-K18-M18</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:15" s="44" customFormat="1" ht="15.95" customHeight="1">
       <c r="B19" s="45" t="s">
         <v>32</v>
       </c>
       <c r="C19" s="34"/>
       <c r="D19" s="34"/>
       <c r="E19" s="34"/>
-      <c r="F19" s="37"/>
+      <c r="F19" s="183"/>
       <c r="G19" s="52">
-        <v>369</v>
+        <v>397</v>
       </c>
       <c r="H19" s="37"/>
       <c r="I19" s="49">
         <f>H19*(G19*20%)</f>
         <v>0</v>
       </c>
       <c r="J19" s="37"/>
       <c r="K19" s="49">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L19" s="68"/>
       <c r="M19" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N19" s="47">
         <f>(F19*G19)-I19-K19-M19</f>
         <v>0</v>
       </c>
       <c r="O19" s="20"/>
     </row>
     <row r="20" spans="2:14" ht="15.95" customHeight="1">
-      <c r="B20" s="174" t="s">
+      <c r="B20" s="120" t="s">
         <v>21</v>
       </c>
-      <c r="C20" s="175"/>
-[...8 lines deleted...]
-      <c r="L20" s="176"/>
+      <c r="C20" s="121"/>
+      <c r="D20" s="121"/>
+      <c r="E20" s="121"/>
+      <c r="F20" s="121"/>
+      <c r="G20" s="121"/>
+      <c r="H20" s="121"/>
+      <c r="I20" s="121"/>
+      <c r="J20" s="121"/>
+      <c r="K20" s="121"/>
+      <c r="L20" s="122"/>
       <c r="M20" s="40" t="s">
         <v>3</v>
       </c>
       <c r="N20" s="48">
         <f>SUM(N17:N19)</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:14" ht="15.95" customHeight="1">
       <c r="B21" s="77"/>
       <c r="C21" s="77"/>
       <c r="D21" s="77"/>
       <c r="E21" s="77"/>
       <c r="F21" s="77"/>
       <c r="G21" s="77"/>
       <c r="H21" s="77"/>
       <c r="I21" s="77"/>
       <c r="J21" s="77"/>
       <c r="K21" s="77"/>
       <c r="L21" s="77"/>
       <c r="M21" s="78"/>
       <c r="N21" s="79"/>
     </row>
     <row r="22" spans="2:14" ht="20.45" customHeight="1">
-      <c r="B22" s="156" t="s">
+      <c r="B22" s="123" t="s">
         <v>41</v>
       </c>
-      <c r="C22" s="157"/>
-[...10 lines deleted...]
-      <c r="N22" s="157"/>
+      <c r="C22" s="124"/>
+      <c r="D22" s="124"/>
+      <c r="E22" s="124"/>
+      <c r="F22" s="124"/>
+      <c r="G22" s="124"/>
+      <c r="H22" s="124"/>
+      <c r="I22" s="124"/>
+      <c r="J22" s="124"/>
+      <c r="K22" s="124"/>
+      <c r="L22" s="124"/>
+      <c r="M22" s="124"/>
+      <c r="N22" s="124"/>
     </row>
     <row r="23" spans="2:14" ht="15.2" customHeight="1">
-      <c r="B23" s="14" t="s">
+      <c r="B23" s="89" t="s">
         <v>14</v>
       </c>
-      <c r="C23" s="155"/>
-      <c r="D23" s="160" t="s">
+      <c r="C23" s="125"/>
+      <c r="D23" s="126" t="s">
         <v>4</v>
       </c>
-      <c r="E23" s="161"/>
-[...1 lines deleted...]
-      <c r="G23" s="160" t="s">
+      <c r="E23" s="127"/>
+      <c r="F23" s="128"/>
+      <c r="G23" s="126" t="s">
         <v>36</v>
       </c>
-      <c r="H23" s="161"/>
-[...2 lines deleted...]
-      <c r="K23" s="111" t="s">
+      <c r="H23" s="127"/>
+      <c r="I23" s="127"/>
+      <c r="J23" s="132"/>
+      <c r="K23" s="136" t="s">
         <v>19</v>
       </c>
-      <c r="L23" s="112"/>
-      <c r="M23" s="14" t="s">
+      <c r="L23" s="137"/>
+      <c r="M23" s="89" t="s">
         <v>23</v>
       </c>
       <c r="N23" s="16" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="24" spans="2:14" ht="15.2" customHeight="1">
-      <c r="B24" s="13" t="s">
+      <c r="B24" s="90" t="s">
         <v>6</v>
       </c>
-      <c r="C24" s="83"/>
-[...7 lines deleted...]
-      <c r="K24" s="158" t="s">
+      <c r="C24" s="105"/>
+      <c r="D24" s="129"/>
+      <c r="E24" s="130"/>
+      <c r="F24" s="131"/>
+      <c r="G24" s="133"/>
+      <c r="H24" s="134"/>
+      <c r="I24" s="134"/>
+      <c r="J24" s="135"/>
+      <c r="K24" s="138" t="s">
         <v>13</v>
       </c>
-      <c r="L24" s="159"/>
-      <c r="M24" s="13"/>
+      <c r="L24" s="139"/>
+      <c r="M24" s="90"/>
       <c r="N24" s="15" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B25" s="12"/>
-[...9 lines deleted...]
-      <c r="L25" s="117"/>
+      <c r="B25" s="110"/>
+      <c r="C25" s="111"/>
+      <c r="D25" s="112"/>
+      <c r="E25" s="113"/>
+      <c r="F25" s="113"/>
+      <c r="G25" s="114"/>
+      <c r="H25" s="114"/>
+      <c r="I25" s="114"/>
+      <c r="J25" s="114"/>
+      <c r="K25" s="115"/>
+      <c r="L25" s="115"/>
       <c r="M25" s="74"/>
       <c r="N25" s="22"/>
     </row>
     <row r="26" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B26" s="12"/>
-[...9 lines deleted...]
-      <c r="L26" s="117"/>
+      <c r="B26" s="110"/>
+      <c r="C26" s="111"/>
+      <c r="D26" s="112"/>
+      <c r="E26" s="113"/>
+      <c r="F26" s="113"/>
+      <c r="G26" s="114"/>
+      <c r="H26" s="114"/>
+      <c r="I26" s="114"/>
+      <c r="J26" s="114"/>
+      <c r="K26" s="115"/>
+      <c r="L26" s="115"/>
       <c r="M26" s="75"/>
       <c r="N26" s="22"/>
     </row>
     <row r="27" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B27" s="12"/>
-[...9 lines deleted...]
-      <c r="L27" s="117"/>
+      <c r="B27" s="110"/>
+      <c r="C27" s="111"/>
+      <c r="D27" s="112"/>
+      <c r="E27" s="113"/>
+      <c r="F27" s="113"/>
+      <c r="G27" s="114"/>
+      <c r="H27" s="114"/>
+      <c r="I27" s="114"/>
+      <c r="J27" s="114"/>
+      <c r="K27" s="115"/>
+      <c r="L27" s="115"/>
       <c r="M27" s="75"/>
       <c r="N27" s="22"/>
     </row>
     <row r="28" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B28" s="12"/>
-[...9 lines deleted...]
-      <c r="L28" s="117"/>
+      <c r="B28" s="110"/>
+      <c r="C28" s="111"/>
+      <c r="D28" s="112"/>
+      <c r="E28" s="113"/>
+      <c r="F28" s="113"/>
+      <c r="G28" s="114"/>
+      <c r="H28" s="114"/>
+      <c r="I28" s="114"/>
+      <c r="J28" s="114"/>
+      <c r="K28" s="115"/>
+      <c r="L28" s="115"/>
       <c r="M28" s="75"/>
       <c r="N28" s="22"/>
     </row>
     <row r="29" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B29" s="12"/>
-[...9 lines deleted...]
-      <c r="L29" s="117"/>
+      <c r="B29" s="110"/>
+      <c r="C29" s="111"/>
+      <c r="D29" s="112"/>
+      <c r="E29" s="113"/>
+      <c r="F29" s="113"/>
+      <c r="G29" s="114"/>
+      <c r="H29" s="114"/>
+      <c r="I29" s="114"/>
+      <c r="J29" s="114"/>
+      <c r="K29" s="115"/>
+      <c r="L29" s="115"/>
       <c r="M29" s="75"/>
       <c r="N29" s="22"/>
     </row>
     <row r="30" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B30" s="12"/>
-[...9 lines deleted...]
-      <c r="L30" s="117"/>
+      <c r="B30" s="110"/>
+      <c r="C30" s="111"/>
+      <c r="D30" s="112"/>
+      <c r="E30" s="113"/>
+      <c r="F30" s="113"/>
+      <c r="G30" s="114"/>
+      <c r="H30" s="114"/>
+      <c r="I30" s="114"/>
+      <c r="J30" s="114"/>
+      <c r="K30" s="115"/>
+      <c r="L30" s="115"/>
       <c r="M30" s="75"/>
       <c r="N30" s="22"/>
     </row>
     <row r="31" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B31" s="12"/>
-[...9 lines deleted...]
-      <c r="L31" s="117"/>
+      <c r="B31" s="110"/>
+      <c r="C31" s="111"/>
+      <c r="D31" s="112"/>
+      <c r="E31" s="113"/>
+      <c r="F31" s="113"/>
+      <c r="G31" s="114"/>
+      <c r="H31" s="114"/>
+      <c r="I31" s="114"/>
+      <c r="J31" s="114"/>
+      <c r="K31" s="115"/>
+      <c r="L31" s="115"/>
       <c r="M31" s="76"/>
       <c r="N31" s="22"/>
     </row>
     <row r="32" spans="2:14" ht="18.2" customHeight="1">
-      <c r="B32" s="12"/>
-[...9 lines deleted...]
-      <c r="L32" s="117"/>
+      <c r="B32" s="110"/>
+      <c r="C32" s="111"/>
+      <c r="D32" s="112"/>
+      <c r="E32" s="113"/>
+      <c r="F32" s="113"/>
+      <c r="G32" s="114"/>
+      <c r="H32" s="114"/>
+      <c r="I32" s="114"/>
+      <c r="J32" s="114"/>
+      <c r="K32" s="115"/>
+      <c r="L32" s="115"/>
       <c r="M32" s="76"/>
       <c r="N32" s="22"/>
     </row>
     <row r="33" spans="2:14" ht="18.2" customHeight="1">
-      <c r="B33" s="12"/>
-[...9 lines deleted...]
-      <c r="L33" s="117"/>
+      <c r="B33" s="110"/>
+      <c r="C33" s="111"/>
+      <c r="D33" s="112"/>
+      <c r="E33" s="113"/>
+      <c r="F33" s="113"/>
+      <c r="G33" s="114"/>
+      <c r="H33" s="114"/>
+      <c r="I33" s="114"/>
+      <c r="J33" s="114"/>
+      <c r="K33" s="115"/>
+      <c r="L33" s="115"/>
       <c r="M33" s="76"/>
       <c r="N33" s="22"/>
     </row>
     <row r="34" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B34" s="92"/>
-[...9 lines deleted...]
-      <c r="L34" s="94"/>
+      <c r="B34" s="116"/>
+      <c r="C34" s="117"/>
+      <c r="D34" s="117"/>
+      <c r="E34" s="117"/>
+      <c r="F34" s="117"/>
+      <c r="G34" s="117"/>
+      <c r="H34" s="117"/>
+      <c r="I34" s="117"/>
+      <c r="J34" s="117"/>
+      <c r="K34" s="117"/>
+      <c r="L34" s="118"/>
       <c r="M34" s="18" t="s">
         <v>3</v>
       </c>
       <c r="N34" s="43">
         <f>SUM(N25:N33)</f>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="2:14" s="21" customFormat="1" ht="15.2" customHeight="1">
       <c r="B35" s="41"/>
       <c r="C35" s="42"/>
       <c r="D35" s="42"/>
       <c r="E35" s="42"/>
       <c r="F35" s="42"/>
       <c r="G35" s="42"/>
       <c r="H35" s="42"/>
       <c r="I35" s="42"/>
       <c r="J35" s="42"/>
       <c r="K35" s="42"/>
       <c r="L35" s="42"/>
       <c r="M35" s="42"/>
       <c r="N35" s="42"/>
     </row>
     <row r="36" spans="2:12" ht="19.7" customHeight="1">
-      <c r="B36" s="89" t="s">
+      <c r="B36" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="C36" s="90"/>
-[...8 lines deleted...]
-      <c r="L36" s="91"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="13"/>
+      <c r="E36" s="13"/>
+      <c r="F36" s="13"/>
+      <c r="G36" s="13"/>
+      <c r="H36" s="13"/>
+      <c r="I36" s="13"/>
+      <c r="J36" s="13"/>
+      <c r="K36" s="13"/>
+      <c r="L36" s="119"/>
     </row>
     <row r="37" spans="2:14" ht="15.2" customHeight="1">
-      <c r="B37" s="82" t="s">
+      <c r="B37" s="104" t="s">
         <v>6</v>
       </c>
-      <c r="C37" s="83"/>
-      <c r="D37" s="179" t="s">
+      <c r="C37" s="105"/>
+      <c r="D37" s="106" t="s">
         <v>4</v>
       </c>
-      <c r="E37" s="180"/>
-[...2 lines deleted...]
-      <c r="H37" s="179" t="s">
+      <c r="E37" s="107"/>
+      <c r="F37" s="107"/>
+      <c r="G37" s="108"/>
+      <c r="H37" s="106" t="s">
         <v>5</v>
       </c>
-      <c r="I37" s="180"/>
-[...1 lines deleted...]
-      <c r="K37" s="182"/>
+      <c r="I37" s="107"/>
+      <c r="J37" s="107"/>
+      <c r="K37" s="109"/>
       <c r="L37" s="71" t="s">
         <v>35</v>
       </c>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
     </row>
     <row r="38" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B38" s="109"/>
-[...8 lines deleted...]
-      <c r="K38" s="118"/>
+      <c r="B38" s="93"/>
+      <c r="C38" s="94"/>
+      <c r="D38" s="95"/>
+      <c r="E38" s="95"/>
+      <c r="F38" s="95"/>
+      <c r="G38" s="95"/>
+      <c r="H38" s="95"/>
+      <c r="I38" s="95"/>
+      <c r="J38" s="95"/>
+      <c r="K38" s="95"/>
       <c r="L38" s="70"/>
       <c r="M38" s="26"/>
       <c r="N38" s="33"/>
     </row>
     <row r="39" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B39" s="109"/>
-[...8 lines deleted...]
-      <c r="K39" s="118"/>
+      <c r="B39" s="93"/>
+      <c r="C39" s="94"/>
+      <c r="D39" s="95"/>
+      <c r="E39" s="95"/>
+      <c r="F39" s="95"/>
+      <c r="G39" s="95"/>
+      <c r="H39" s="95"/>
+      <c r="I39" s="95"/>
+      <c r="J39" s="95"/>
+      <c r="K39" s="95"/>
       <c r="L39" s="64"/>
       <c r="M39" s="26"/>
       <c r="N39" s="33"/>
     </row>
     <row r="40" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B40" s="109"/>
-[...8 lines deleted...]
-      <c r="K40" s="118"/>
+      <c r="B40" s="93"/>
+      <c r="C40" s="94"/>
+      <c r="D40" s="95"/>
+      <c r="E40" s="95"/>
+      <c r="F40" s="95"/>
+      <c r="G40" s="95"/>
+      <c r="H40" s="95"/>
+      <c r="I40" s="95"/>
+      <c r="J40" s="95"/>
+      <c r="K40" s="95"/>
       <c r="L40" s="64"/>
       <c r="M40" s="26"/>
       <c r="N40" s="33"/>
     </row>
     <row r="41" spans="2:14" ht="18.2" customHeight="1">
-      <c r="B41" s="109"/>
-[...8 lines deleted...]
-      <c r="K41" s="118"/>
+      <c r="B41" s="93"/>
+      <c r="C41" s="94"/>
+      <c r="D41" s="95"/>
+      <c r="E41" s="95"/>
+      <c r="F41" s="95"/>
+      <c r="G41" s="95"/>
+      <c r="H41" s="95"/>
+      <c r="I41" s="95"/>
+      <c r="J41" s="95"/>
+      <c r="K41" s="95"/>
       <c r="L41" s="65"/>
       <c r="M41" s="31" t="s">
         <v>16</v>
       </c>
       <c r="N41" s="31" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:14" s="19" customFormat="1" ht="15.95" customHeight="1">
       <c r="B42" s="72" t="s">
         <v>22</v>
       </c>
-      <c r="C42" s="105" t="s">
+      <c r="C42" s="96" t="s">
         <v>3</v>
       </c>
-      <c r="D42" s="106"/>
-[...6 lines deleted...]
-      <c r="K42" s="108"/>
+      <c r="D42" s="97"/>
+      <c r="E42" s="97"/>
+      <c r="F42" s="97"/>
+      <c r="G42" s="98"/>
+      <c r="H42" s="98"/>
+      <c r="I42" s="98"/>
+      <c r="J42" s="98"/>
+      <c r="K42" s="99"/>
       <c r="L42" s="66">
         <f>SUM(L38:L41)</f>
         <v>0</v>
       </c>
       <c r="M42" s="58">
-        <v>4.9000000000000004</v>
+        <v>5.30</v>
       </c>
       <c r="N42" s="55">
         <f>L42*M42</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:14" ht="15.95" customHeight="1">
       <c r="B43" s="73"/>
-      <c r="C43" s="177" t="s">
+      <c r="C43" s="100" t="s">
         <v>40</v>
       </c>
-      <c r="D43" s="177"/>
-[...6 lines deleted...]
-      <c r="K43" s="85"/>
+      <c r="D43" s="100"/>
+      <c r="E43" s="100"/>
+      <c r="F43" s="101"/>
+      <c r="G43" s="102"/>
+      <c r="H43" s="102"/>
+      <c r="I43" s="102"/>
+      <c r="J43" s="102"/>
+      <c r="K43" s="103"/>
       <c r="L43" s="69"/>
       <c r="M43" s="56">
         <v>1</v>
       </c>
       <c r="N43" s="56">
         <f>L43*M43</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="2:14" ht="15.95" customHeight="1">
-      <c r="B44" s="113"/>
-[...9 lines deleted...]
-      <c r="L44" s="115"/>
+      <c r="B44" s="84"/>
+      <c r="C44" s="85"/>
+      <c r="D44" s="85"/>
+      <c r="E44" s="85"/>
+      <c r="F44" s="85"/>
+      <c r="G44" s="85"/>
+      <c r="H44" s="85"/>
+      <c r="I44" s="85"/>
+      <c r="J44" s="85"/>
+      <c r="K44" s="85"/>
+      <c r="L44" s="86"/>
       <c r="M44" s="40" t="s">
         <v>3</v>
       </c>
       <c r="N44" s="40">
         <f>SUM(N42:N43)</f>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="2:14" s="21" customFormat="1" ht="15.2" customHeight="1">
       <c r="B45" s="41"/>
       <c r="C45" s="42"/>
       <c r="D45" s="42"/>
       <c r="E45" s="42"/>
       <c r="F45" s="42"/>
       <c r="G45" s="42"/>
       <c r="H45" s="42"/>
       <c r="I45" s="42"/>
       <c r="J45" s="42"/>
       <c r="K45" s="42"/>
       <c r="L45" s="42"/>
       <c r="M45" s="42"/>
       <c r="N45" s="42"/>
     </row>
     <row r="46" spans="2:14" ht="18.75" customHeight="1">
-      <c r="B46" s="95" t="s">
+      <c r="B46" s="87" t="s">
         <v>10</v>
       </c>
-      <c r="C46" s="96"/>
-[...9 lines deleted...]
-      <c r="M46" s="14" t="s">
+      <c r="C46" s="88"/>
+      <c r="D46" s="88"/>
+      <c r="E46" s="88"/>
+      <c r="F46" s="88"/>
+      <c r="G46" s="88"/>
+      <c r="H46" s="88"/>
+      <c r="I46" s="88"/>
+      <c r="J46" s="88"/>
+      <c r="K46" s="88"/>
+      <c r="L46" s="88"/>
+      <c r="M46" s="89" t="s">
         <v>23</v>
       </c>
       <c r="N46" s="16" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="47" spans="2:14" ht="15.95" customHeight="1">
-      <c r="B47" s="97" t="s">
+      <c r="B47" s="91" t="s">
         <v>28</v>
       </c>
-      <c r="C47" s="98"/>
-[...9 lines deleted...]
-      <c r="M47" s="13"/>
+      <c r="C47" s="92"/>
+      <c r="D47" s="92"/>
+      <c r="E47" s="92"/>
+      <c r="F47" s="92"/>
+      <c r="G47" s="92"/>
+      <c r="H47" s="92"/>
+      <c r="I47" s="92"/>
+      <c r="J47" s="92"/>
+      <c r="K47" s="92"/>
+      <c r="L47" s="92"/>
+      <c r="M47" s="90"/>
       <c r="N47" s="15" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B48" s="3"/>
-[...9 lines deleted...]
-      <c r="L48" s="2"/>
+      <c r="B48" s="8"/>
+      <c r="C48" s="7"/>
+      <c r="D48" s="7"/>
+      <c r="E48" s="7"/>
+      <c r="F48" s="7"/>
+      <c r="G48" s="7"/>
+      <c r="H48" s="7"/>
+      <c r="I48" s="7"/>
+      <c r="J48" s="7"/>
+      <c r="K48" s="7"/>
+      <c r="L48" s="7"/>
       <c r="M48" s="17"/>
       <c r="N48" s="53"/>
     </row>
     <row r="49" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B49" s="3"/>
-[...9 lines deleted...]
-      <c r="L49" s="2"/>
+      <c r="B49" s="8"/>
+      <c r="C49" s="7"/>
+      <c r="D49" s="7"/>
+      <c r="E49" s="7"/>
+      <c r="F49" s="7"/>
+      <c r="G49" s="7"/>
+      <c r="H49" s="7"/>
+      <c r="I49" s="7"/>
+      <c r="J49" s="7"/>
+      <c r="K49" s="7"/>
+      <c r="L49" s="7"/>
       <c r="M49" s="17"/>
       <c r="N49" s="53"/>
     </row>
     <row r="50" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B50" s="3"/>
-[...9 lines deleted...]
-      <c r="L50" s="2"/>
+      <c r="B50" s="8"/>
+      <c r="C50" s="7"/>
+      <c r="D50" s="7"/>
+      <c r="E50" s="7"/>
+      <c r="F50" s="7"/>
+      <c r="G50" s="7"/>
+      <c r="H50" s="7"/>
+      <c r="I50" s="7"/>
+      <c r="J50" s="7"/>
+      <c r="K50" s="7"/>
+      <c r="L50" s="7"/>
       <c r="M50" s="17"/>
       <c r="N50" s="53"/>
     </row>
     <row r="51" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B51" s="3"/>
-[...9 lines deleted...]
-      <c r="L51" s="2"/>
+      <c r="B51" s="8"/>
+      <c r="C51" s="7"/>
+      <c r="D51" s="7"/>
+      <c r="E51" s="7"/>
+      <c r="F51" s="7"/>
+      <c r="G51" s="7"/>
+      <c r="H51" s="7"/>
+      <c r="I51" s="7"/>
+      <c r="J51" s="7"/>
+      <c r="K51" s="7"/>
+      <c r="L51" s="7"/>
       <c r="M51" s="17"/>
       <c r="N51" s="53"/>
     </row>
     <row r="52" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B52" s="3"/>
-[...9 lines deleted...]
-      <c r="L52" s="2"/>
+      <c r="B52" s="8"/>
+      <c r="C52" s="7"/>
+      <c r="D52" s="7"/>
+      <c r="E52" s="7"/>
+      <c r="F52" s="7"/>
+      <c r="G52" s="7"/>
+      <c r="H52" s="7"/>
+      <c r="I52" s="7"/>
+      <c r="J52" s="7"/>
+      <c r="K52" s="7"/>
+      <c r="L52" s="7"/>
       <c r="M52" s="17"/>
       <c r="N52" s="53"/>
     </row>
     <row r="53" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B53" s="3"/>
-[...9 lines deleted...]
-      <c r="L53" s="2"/>
+      <c r="B53" s="8"/>
+      <c r="C53" s="7"/>
+      <c r="D53" s="7"/>
+      <c r="E53" s="7"/>
+      <c r="F53" s="7"/>
+      <c r="G53" s="7"/>
+      <c r="H53" s="7"/>
+      <c r="I53" s="7"/>
+      <c r="J53" s="7"/>
+      <c r="K53" s="7"/>
+      <c r="L53" s="7"/>
       <c r="M53" s="17"/>
       <c r="N53" s="53"/>
     </row>
     <row r="54" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B54" s="3"/>
-[...9 lines deleted...]
-      <c r="L54" s="2"/>
+      <c r="B54" s="8"/>
+      <c r="C54" s="7"/>
+      <c r="D54" s="7"/>
+      <c r="E54" s="7"/>
+      <c r="F54" s="7"/>
+      <c r="G54" s="7"/>
+      <c r="H54" s="7"/>
+      <c r="I54" s="7"/>
+      <c r="J54" s="7"/>
+      <c r="K54" s="7"/>
+      <c r="L54" s="7"/>
       <c r="M54" s="17"/>
       <c r="N54" s="53"/>
     </row>
     <row r="55" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B55" s="3"/>
-[...9 lines deleted...]
-      <c r="L55" s="2"/>
+      <c r="B55" s="8"/>
+      <c r="C55" s="7"/>
+      <c r="D55" s="7"/>
+      <c r="E55" s="7"/>
+      <c r="F55" s="7"/>
+      <c r="G55" s="7"/>
+      <c r="H55" s="7"/>
+      <c r="I55" s="7"/>
+      <c r="J55" s="7"/>
+      <c r="K55" s="7"/>
+      <c r="L55" s="7"/>
       <c r="M55" s="17"/>
       <c r="N55" s="53"/>
     </row>
     <row r="56" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B56" s="3"/>
-[...9 lines deleted...]
-      <c r="L56" s="2"/>
+      <c r="B56" s="8"/>
+      <c r="C56" s="7"/>
+      <c r="D56" s="7"/>
+      <c r="E56" s="7"/>
+      <c r="F56" s="7"/>
+      <c r="G56" s="7"/>
+      <c r="H56" s="7"/>
+      <c r="I56" s="7"/>
+      <c r="J56" s="7"/>
+      <c r="K56" s="7"/>
+      <c r="L56" s="7"/>
       <c r="M56" s="17"/>
       <c r="N56" s="53"/>
     </row>
     <row r="57" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B57" s="99"/>
-[...9 lines deleted...]
-      <c r="L57" s="100"/>
+      <c r="B57" s="6"/>
+      <c r="C57" s="5"/>
+      <c r="D57" s="5"/>
+      <c r="E57" s="5"/>
+      <c r="F57" s="5"/>
+      <c r="G57" s="5"/>
+      <c r="H57" s="5"/>
+      <c r="I57" s="5"/>
+      <c r="J57" s="5"/>
+      <c r="K57" s="5"/>
+      <c r="L57" s="5"/>
       <c r="M57" s="23"/>
       <c r="N57" s="54"/>
     </row>
     <row r="58" spans="2:14" ht="15.95" customHeight="1">
-      <c r="B58" s="101"/>
-[...9 lines deleted...]
-      <c r="L58" s="101"/>
+      <c r="B58" s="4"/>
+      <c r="C58" s="4"/>
+      <c r="D58" s="4"/>
+      <c r="E58" s="4"/>
+      <c r="F58" s="4"/>
+      <c r="G58" s="4"/>
+      <c r="H58" s="4"/>
+      <c r="I58" s="4"/>
+      <c r="J58" s="4"/>
+      <c r="K58" s="4"/>
+      <c r="L58" s="4"/>
       <c r="M58" s="40" t="s">
         <v>3</v>
       </c>
       <c r="N58" s="40">
         <f>SUM(N48:N57)</f>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="2:14" ht="16.7" customHeight="1">
-      <c r="B59" s="1"/>
-[...11 lines deleted...]
-      <c r="N59" s="81"/>
+      <c r="B59" s="3"/>
+      <c r="C59" s="3"/>
+      <c r="D59" s="3"/>
+      <c r="E59" s="3"/>
+      <c r="F59" s="3"/>
+      <c r="G59" s="3"/>
+      <c r="H59" s="3"/>
+      <c r="I59" s="3"/>
+      <c r="J59" s="3"/>
+      <c r="K59" s="3"/>
+      <c r="L59" s="3"/>
+      <c r="M59" s="2"/>
+      <c r="N59" s="2"/>
     </row>
     <row r="60" spans="2:14" s="39" customFormat="1" ht="18.95" customHeight="1" thickBot="1">
-      <c r="B60" s="8" t="s">
+      <c r="B60" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="C60" s="7"/>
-[...9 lines deleted...]
-      <c r="M60" s="7"/>
+      <c r="C60" s="81"/>
+      <c r="D60" s="81"/>
+      <c r="E60" s="81"/>
+      <c r="F60" s="81"/>
+      <c r="G60" s="81"/>
+      <c r="H60" s="81"/>
+      <c r="I60" s="81"/>
+      <c r="J60" s="81"/>
+      <c r="K60" s="81"/>
+      <c r="L60" s="81"/>
+      <c r="M60" s="81"/>
       <c r="N60" s="57">
         <f>N34+N44+N20+N58</f>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="2:14" ht="12.2" customHeight="1" thickTop="1">
-      <c r="B61" s="6"/>
-[...11 lines deleted...]
-      <c r="N61" s="5"/>
+      <c r="B61" s="82"/>
+      <c r="C61" s="83"/>
+      <c r="D61" s="83"/>
+      <c r="E61" s="83"/>
+      <c r="F61" s="83"/>
+      <c r="G61" s="83"/>
+      <c r="H61" s="83"/>
+      <c r="I61" s="83"/>
+      <c r="J61" s="83"/>
+      <c r="K61" s="83"/>
+      <c r="L61" s="83"/>
+      <c r="M61" s="83"/>
+      <c r="N61" s="83"/>
     </row>
     <row r="62" spans="2:14" ht="16.5" customHeight="1">
-      <c r="B62" s="89" t="s">
+      <c r="B62" s="14" t="s">
         <v>29</v>
       </c>
-      <c r="C62" s="90"/>
-[...10 lines deleted...]
-      <c r="N62" s="170"/>
+      <c r="C62" s="13"/>
+      <c r="D62" s="13"/>
+      <c r="E62" s="13"/>
+      <c r="F62" s="13"/>
+      <c r="G62" s="13"/>
+      <c r="H62" s="13"/>
+      <c r="I62" s="13"/>
+      <c r="J62" s="13"/>
+      <c r="K62" s="13"/>
+      <c r="L62" s="13"/>
+      <c r="M62" s="13"/>
+      <c r="N62" s="12"/>
     </row>
     <row r="63" spans="2:14" ht="119.25" customHeight="1">
-      <c r="B63" s="171"/>
-[...11 lines deleted...]
-      <c r="N63" s="173"/>
+      <c r="B63" s="11"/>
+      <c r="C63" s="10"/>
+      <c r="D63" s="10"/>
+      <c r="E63" s="10"/>
+      <c r="F63" s="10"/>
+      <c r="G63" s="10"/>
+      <c r="H63" s="10"/>
+      <c r="I63" s="10"/>
+      <c r="J63" s="10"/>
+      <c r="K63" s="10"/>
+      <c r="L63" s="10"/>
+      <c r="M63" s="10"/>
+      <c r="N63" s="9"/>
     </row>
     <row r="65" spans="2:4" ht="12.75">
       <c r="B65" t="s">
         <v>45</v>
       </c>
       <c r="D65" s="80" t="str">
         <f>hiddenSheet!ek_utgave</f>
-        <v>3.00</v>
+        <v>4.01</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="oNMcI/LhSfsp+MiuXRkpW3Jog+YXrvrRgo4JQgDuhB1a/HtsC/4FZ95xhcwDtyjEoo9fKxaPEFmlOBUBhajqig==" saltValue="KHlDILjFzq+sO/B/naIQ4A==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
-[...1290 lines deleted...]
-  <sheetProtection algorithmName="SHA-512" hashValue="j5UdLG0lT2nOOBbbYkB1Hyg/3jQXHl6qCbObcETsGD8pGcjkdlSP7zFXnA6t/GwL9FyYwpo2TB7nBZabypfoAg==" saltValue="RfAyhzGtcNjj3rV0nj9xkQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="EJ5gWWhralZIb0GPOUQ9PXgrxA0QbARASXFzn0H22oEiCKWycsGQQeYQMm+yJ46H0h8+9MQJzdvkkiwSApX+ig==" saltValue="WVgmkrFtcwuXjyQDwuqDCA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="111">
     <mergeCell ref="B2:N2"/>
     <mergeCell ref="B3:N3"/>
     <mergeCell ref="B4:N4"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="E9:G9"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="J9:K9"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="B10:D10"/>
     <mergeCell ref="E10:G10"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="J10:K10"/>
     <mergeCell ref="M10:N10"/>
     <mergeCell ref="B11:D11"/>
     <mergeCell ref="E11:G11"/>
     <mergeCell ref="H11:I11"/>
     <mergeCell ref="J11:N11"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="E12:G12"/>
     <mergeCell ref="H12:N12"/>
     <mergeCell ref="B14:G15"/>
     <mergeCell ref="H14:M14"/>
     <mergeCell ref="N14:N15"/>
     <mergeCell ref="H15:I15"/>
@@ -4643,92 +3459,2681 @@
     <mergeCell ref="M46:M47"/>
     <mergeCell ref="B47:L47"/>
     <mergeCell ref="B48:L48"/>
     <mergeCell ref="B49:L49"/>
     <mergeCell ref="B41:C41"/>
     <mergeCell ref="D41:G41"/>
     <mergeCell ref="H41:K41"/>
     <mergeCell ref="C42:K42"/>
     <mergeCell ref="C43:F43"/>
     <mergeCell ref="G43:K43"/>
     <mergeCell ref="B62:N62"/>
     <mergeCell ref="B63:N63"/>
     <mergeCell ref="B56:L56"/>
     <mergeCell ref="B57:L57"/>
     <mergeCell ref="B58:L58"/>
     <mergeCell ref="B59:N59"/>
     <mergeCell ref="B60:M60"/>
     <mergeCell ref="B61:N61"/>
     <mergeCell ref="B50:L50"/>
     <mergeCell ref="B51:L51"/>
     <mergeCell ref="B52:L52"/>
     <mergeCell ref="B53:L53"/>
     <mergeCell ref="B54:L54"/>
     <mergeCell ref="B55:L55"/>
   </mergeCells>
-  <dataValidations count="2">
+  <dataValidations count="3">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M25:M33 M38:M41 M48:M57">
+      <formula1>"Ja, Nei"</formula1>
+    </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K25:L33">
       <formula1>"Taxi, Kollektivt"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M25:M33 M38:M41 M48:M57">
-      <formula1>"Ja, Nei"</formula1>
+    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Kun heltall tillatt" error="Kun heltall tillatt" sqref="F17:F19">
+      <formula1>0</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="B4:N4" r:id="rId1" display="Lenke til statens satser innenlands"/>
   </hyperlinks>
   <pageMargins left="0.708661417322835" right="0.708661417322835" top="0.78740157480315" bottom="0.78740157480315" header="0.31496062992126" footer="0.31496062992126"/>
   <pageSetup orientation="portrait" paperSize="9" scale="63" r:id="rId5"/>
   <headerFooter>
     <oddFooter>&amp;CSide &amp;P&amp;R&amp;A</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId3"/>
+  <legacyDrawing r:id="rId4"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{866C033D-4D57-4B8D-B0FF-194A7C07347E}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="B2:AA65"/>
+  <sheetViews>
+    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0" topLeftCell="A1">
+      <selection pane="topLeft" activeCell="F17" sqref="F17"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.14428571428571" defaultRowHeight="12.75"/>
+  <cols>
+    <col min="2" max="2" width="3.42857142857143" customWidth="1"/>
+    <col min="3" max="3" width="9.14285714285714" customWidth="1"/>
+    <col min="4" max="4" width="13.7142857142857" customWidth="1"/>
+    <col min="5" max="5" width="14.5714285714286" customWidth="1"/>
+    <col min="6" max="6" width="9.57142857142857" customWidth="1"/>
+    <col min="7" max="7" width="11" customWidth="1"/>
+    <col min="8" max="8" width="9.57142857142857" customWidth="1"/>
+    <col min="9" max="9" width="12" customWidth="1"/>
+    <col min="10" max="10" width="9.57142857142857" customWidth="1"/>
+    <col min="11" max="11" width="12" customWidth="1"/>
+    <col min="12" max="12" width="9.57142857142857" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="12" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="14.2857142857143" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:14" ht="24.95" customHeight="1">
+      <c r="B2" s="163" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" s="164"/>
+      <c r="D2" s="164"/>
+      <c r="E2" s="164"/>
+      <c r="F2" s="164"/>
+      <c r="G2" s="164"/>
+      <c r="H2" s="164"/>
+      <c r="I2" s="164"/>
+      <c r="J2" s="164"/>
+      <c r="K2" s="164"/>
+      <c r="L2" s="164"/>
+      <c r="M2" s="164"/>
+      <c r="N2" s="164"/>
+    </row>
+    <row r="3" spans="2:14" ht="13.5" customHeight="1">
+      <c r="B3" s="165" t="s">
+        <v>50</v>
+      </c>
+      <c r="C3" s="166"/>
+      <c r="D3" s="166"/>
+      <c r="E3" s="166"/>
+      <c r="F3" s="166"/>
+      <c r="G3" s="166"/>
+      <c r="H3" s="166"/>
+      <c r="I3" s="166"/>
+      <c r="J3" s="166"/>
+      <c r="K3" s="166"/>
+      <c r="L3" s="166"/>
+      <c r="M3" s="166"/>
+      <c r="N3" s="166"/>
+    </row>
+    <row r="4" spans="2:27" ht="12.75">
+      <c r="B4" s="167" t="s">
+        <v>48</v>
+      </c>
+      <c r="C4" s="167"/>
+      <c r="D4" s="167"/>
+      <c r="E4" s="167"/>
+      <c r="F4" s="167"/>
+      <c r="G4" s="167"/>
+      <c r="H4" s="167"/>
+      <c r="I4" s="167"/>
+      <c r="J4" s="167"/>
+      <c r="K4" s="167"/>
+      <c r="L4" s="167"/>
+      <c r="M4" s="167"/>
+      <c r="N4" s="167"/>
+      <c r="AA4" s="30"/>
+    </row>
+    <row r="5" spans="2:27" ht="12.75">
+      <c r="B5" s="25"/>
+      <c r="C5" s="25"/>
+      <c r="D5" s="25"/>
+      <c r="E5" s="25"/>
+      <c r="F5" s="25"/>
+      <c r="G5" s="25"/>
+      <c r="H5" s="25"/>
+      <c r="I5" s="25"/>
+      <c r="J5" s="25"/>
+      <c r="K5" s="25"/>
+      <c r="L5" s="25"/>
+      <c r="M5" s="25"/>
+      <c r="N5" s="25"/>
+      <c r="AA5" s="30"/>
+    </row>
+    <row r="6" spans="2:27" ht="12.75">
+      <c r="B6" s="30" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" s="25"/>
+      <c r="D6" s="25"/>
+      <c r="E6" s="25"/>
+      <c r="F6" s="25"/>
+      <c r="G6" s="25"/>
+      <c r="H6" s="25"/>
+      <c r="I6" s="25"/>
+      <c r="J6" s="25"/>
+      <c r="K6" s="25"/>
+      <c r="L6" s="25"/>
+      <c r="M6" s="25"/>
+      <c r="N6" s="25"/>
+      <c r="AA6" s="30"/>
+    </row>
+    <row r="7" spans="2:2" ht="12.75">
+      <c r="B7" s="30" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8" spans="3:27" ht="12.75">
+      <c r="C8" s="25"/>
+      <c r="D8" s="25"/>
+      <c r="E8" s="25"/>
+      <c r="F8" s="25"/>
+      <c r="G8" s="25"/>
+      <c r="H8" s="25"/>
+      <c r="I8" s="25"/>
+      <c r="J8" s="25"/>
+      <c r="K8" s="25"/>
+      <c r="L8" s="25"/>
+      <c r="M8" s="25"/>
+      <c r="N8" s="25"/>
+      <c r="AA8" s="30"/>
+    </row>
+    <row r="9" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B9" s="168" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="169"/>
+      <c r="D9" s="170"/>
+      <c r="E9" s="171"/>
+      <c r="F9" s="172"/>
+      <c r="G9" s="173"/>
+      <c r="H9" s="174" t="s">
+        <v>9</v>
+      </c>
+      <c r="I9" s="146"/>
+      <c r="J9" s="175"/>
+      <c r="K9" s="175"/>
+      <c r="L9" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="M9" s="176"/>
+      <c r="N9" s="176"/>
+    </row>
+    <row r="10" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B10" s="177" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="178"/>
+      <c r="D10" s="179"/>
+      <c r="E10" s="180"/>
+      <c r="F10" s="181"/>
+      <c r="G10" s="182"/>
+      <c r="H10" s="145" t="s">
+        <v>18</v>
+      </c>
+      <c r="I10" s="146"/>
+      <c r="J10" s="175"/>
+      <c r="K10" s="175"/>
+      <c r="L10" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="M10" s="176"/>
+      <c r="N10" s="176"/>
+    </row>
+    <row r="11" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B11" s="140" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11" s="141"/>
+      <c r="D11" s="142"/>
+      <c r="E11" s="143"/>
+      <c r="F11" s="143"/>
+      <c r="G11" s="144"/>
+      <c r="H11" s="145" t="s">
+        <v>27</v>
+      </c>
+      <c r="I11" s="146"/>
+      <c r="J11" s="147"/>
+      <c r="K11" s="147"/>
+      <c r="L11" s="147"/>
+      <c r="M11" s="147"/>
+      <c r="N11" s="147"/>
+    </row>
+    <row r="12" spans="2:14" ht="16.5" customHeight="1">
+      <c r="B12" s="140" t="s">
+        <v>25</v>
+      </c>
+      <c r="C12" s="141"/>
+      <c r="D12" s="142"/>
+      <c r="E12" s="148"/>
+      <c r="F12" s="143"/>
+      <c r="G12" s="149"/>
+      <c r="H12" s="150"/>
+      <c r="I12" s="151"/>
+      <c r="J12" s="151"/>
+      <c r="K12" s="151"/>
+      <c r="L12" s="151"/>
+      <c r="M12" s="151"/>
+      <c r="N12" s="151"/>
+    </row>
+    <row r="13" spans="2:14" ht="16.5" customHeight="1">
+      <c r="B13" s="28"/>
+      <c r="C13" s="28"/>
+      <c r="D13" s="28"/>
+      <c r="E13" s="29"/>
+      <c r="F13" s="29"/>
+      <c r="G13" s="29"/>
+      <c r="H13" s="27"/>
+      <c r="I13" s="27"/>
+      <c r="J13" s="27"/>
+      <c r="K13" s="27"/>
+      <c r="L13" s="27"/>
+      <c r="M13" s="27"/>
+      <c r="N13" s="27"/>
+    </row>
+    <row r="14" spans="2:14" ht="15.2" customHeight="1">
+      <c r="B14" s="152" t="s">
+        <v>30</v>
+      </c>
+      <c r="C14" s="153"/>
+      <c r="D14" s="153"/>
+      <c r="E14" s="153"/>
+      <c r="F14" s="153"/>
+      <c r="G14" s="154"/>
+      <c r="H14" s="158" t="s">
+        <v>12</v>
+      </c>
+      <c r="I14" s="158"/>
+      <c r="J14" s="158"/>
+      <c r="K14" s="158"/>
+      <c r="L14" s="158"/>
+      <c r="M14" s="158"/>
+      <c r="N14" s="159" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="15" spans="2:14" ht="15.2" customHeight="1">
+      <c r="B15" s="155"/>
+      <c r="C15" s="156"/>
+      <c r="D15" s="156"/>
+      <c r="E15" s="156"/>
+      <c r="F15" s="156"/>
+      <c r="G15" s="157"/>
+      <c r="H15" s="158" t="s">
+        <v>11</v>
+      </c>
+      <c r="I15" s="158"/>
+      <c r="J15" s="161" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="162"/>
+      <c r="L15" s="161" t="s">
+        <v>8</v>
+      </c>
+      <c r="M15" s="162"/>
+      <c r="N15" s="160"/>
+    </row>
+    <row r="16" spans="2:14" ht="15.2" customHeight="1">
+      <c r="B16" s="60"/>
+      <c r="C16" s="61"/>
+      <c r="D16" s="61"/>
+      <c r="E16" s="61"/>
+      <c r="F16" s="59" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" s="62" t="s">
+        <v>16</v>
+      </c>
+      <c r="H16" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I16" s="35" t="s">
+        <v>37</v>
+      </c>
+      <c r="J16" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="K16" s="36" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" s="63" t="s">
+        <v>15</v>
+      </c>
+      <c r="M16" s="38" t="s">
+        <v>37</v>
+      </c>
+      <c r="N16" s="24" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="17" spans="2:14" s="44" customFormat="1" ht="15.95" customHeight="1">
+      <c r="B17" s="45" t="s">
+        <v>31</v>
+      </c>
+      <c r="C17" s="34"/>
+      <c r="D17" s="34"/>
+      <c r="E17" s="34"/>
+      <c r="F17" s="37"/>
+      <c r="G17" s="50">
+        <v>977</v>
+      </c>
+      <c r="H17" s="37"/>
+      <c r="I17" s="49">
+        <f>H17*(G17*20%)</f>
+        <v>0</v>
+      </c>
+      <c r="J17" s="37"/>
+      <c r="K17" s="49">
+        <f>J17*(G17*30%)</f>
+        <v>0</v>
+      </c>
+      <c r="L17" s="67"/>
+      <c r="M17" s="46">
+        <f>L17*(G17*50%)</f>
+        <v>0</v>
+      </c>
+      <c r="N17" s="47">
+        <f>(F17*G17)-I17-K17-M17</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="2:14" s="44" customFormat="1" ht="15.95" customHeight="1">
+      <c r="B18" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="C18" s="34"/>
+      <c r="D18" s="34"/>
+      <c r="E18" s="34"/>
+      <c r="F18" s="37"/>
+      <c r="G18" s="51">
+        <v>713</v>
+      </c>
+      <c r="H18" s="37"/>
+      <c r="I18" s="49">
+        <f t="shared" si="0" ref="I18">H18*(G18*20%)</f>
+        <v>0</v>
+      </c>
+      <c r="J18" s="37"/>
+      <c r="K18" s="49">
+        <f t="shared" si="1" ref="K18:K19">J18*(G18*30%)</f>
+        <v>0</v>
+      </c>
+      <c r="L18" s="67"/>
+      <c r="M18" s="46">
+        <f t="shared" si="2" ref="M18:M19">L18*(G18*50%)</f>
+        <v>0</v>
+      </c>
+      <c r="N18" s="47">
+        <f>(F18*G18)-I18-K18-M18</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="2:15" s="44" customFormat="1" ht="15.95" customHeight="1">
+      <c r="B19" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="C19" s="34"/>
+      <c r="D19" s="34"/>
+      <c r="E19" s="34"/>
+      <c r="F19" s="37"/>
+      <c r="G19" s="52">
+        <v>384</v>
+      </c>
+      <c r="H19" s="37"/>
+      <c r="I19" s="49">
+        <f>H19*(G19*20%)</f>
+        <v>0</v>
+      </c>
+      <c r="J19" s="37"/>
+      <c r="K19" s="49">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="L19" s="68"/>
+      <c r="M19" s="46">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N19" s="47">
+        <f>(F19*G19)-I19-K19-M19</f>
+        <v>0</v>
+      </c>
+      <c r="O19" s="20"/>
+    </row>
+    <row r="20" spans="2:14" ht="15.95" customHeight="1">
+      <c r="B20" s="120" t="s">
+        <v>21</v>
+      </c>
+      <c r="C20" s="121"/>
+      <c r="D20" s="121"/>
+      <c r="E20" s="121"/>
+      <c r="F20" s="121"/>
+      <c r="G20" s="121"/>
+      <c r="H20" s="121"/>
+      <c r="I20" s="121"/>
+      <c r="J20" s="121"/>
+      <c r="K20" s="121"/>
+      <c r="L20" s="122"/>
+      <c r="M20" s="40" t="s">
+        <v>3</v>
+      </c>
+      <c r="N20" s="48">
+        <f>SUM(N17:N19)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="2:14" ht="15.95" customHeight="1">
+      <c r="B21" s="77"/>
+      <c r="C21" s="77"/>
+      <c r="D21" s="77"/>
+      <c r="E21" s="77"/>
+      <c r="F21" s="77"/>
+      <c r="G21" s="77"/>
+      <c r="H21" s="77"/>
+      <c r="I21" s="77"/>
+      <c r="J21" s="77"/>
+      <c r="K21" s="77"/>
+      <c r="L21" s="77"/>
+      <c r="M21" s="78"/>
+      <c r="N21" s="79"/>
+    </row>
+    <row r="22" spans="2:14" ht="20.45" customHeight="1">
+      <c r="B22" s="123" t="s">
+        <v>41</v>
+      </c>
+      <c r="C22" s="124"/>
+      <c r="D22" s="124"/>
+      <c r="E22" s="124"/>
+      <c r="F22" s="124"/>
+      <c r="G22" s="124"/>
+      <c r="H22" s="124"/>
+      <c r="I22" s="124"/>
+      <c r="J22" s="124"/>
+      <c r="K22" s="124"/>
+      <c r="L22" s="124"/>
+      <c r="M22" s="124"/>
+      <c r="N22" s="124"/>
+    </row>
+    <row r="23" spans="2:14" ht="15.2" customHeight="1">
+      <c r="B23" s="89" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="125"/>
+      <c r="D23" s="126" t="s">
+        <v>4</v>
+      </c>
+      <c r="E23" s="127"/>
+      <c r="F23" s="128"/>
+      <c r="G23" s="126" t="s">
+        <v>36</v>
+      </c>
+      <c r="H23" s="127"/>
+      <c r="I23" s="127"/>
+      <c r="J23" s="132"/>
+      <c r="K23" s="136" t="s">
+        <v>19</v>
+      </c>
+      <c r="L23" s="137"/>
+      <c r="M23" s="89" t="s">
+        <v>23</v>
+      </c>
+      <c r="N23" s="16" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="24" spans="2:14" ht="15.2" customHeight="1">
+      <c r="B24" s="90" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="105"/>
+      <c r="D24" s="129"/>
+      <c r="E24" s="130"/>
+      <c r="F24" s="131"/>
+      <c r="G24" s="133"/>
+      <c r="H24" s="134"/>
+      <c r="I24" s="134"/>
+      <c r="J24" s="135"/>
+      <c r="K24" s="138" t="s">
+        <v>13</v>
+      </c>
+      <c r="L24" s="139"/>
+      <c r="M24" s="90"/>
+      <c r="N24" s="15" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="25" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B25" s="110"/>
+      <c r="C25" s="111"/>
+      <c r="D25" s="112"/>
+      <c r="E25" s="113"/>
+      <c r="F25" s="113"/>
+      <c r="G25" s="114"/>
+      <c r="H25" s="114"/>
+      <c r="I25" s="114"/>
+      <c r="J25" s="114"/>
+      <c r="K25" s="115"/>
+      <c r="L25" s="115"/>
+      <c r="M25" s="74"/>
+      <c r="N25" s="22"/>
+    </row>
+    <row r="26" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B26" s="110"/>
+      <c r="C26" s="111"/>
+      <c r="D26" s="112"/>
+      <c r="E26" s="113"/>
+      <c r="F26" s="113"/>
+      <c r="G26" s="114"/>
+      <c r="H26" s="114"/>
+      <c r="I26" s="114"/>
+      <c r="J26" s="114"/>
+      <c r="K26" s="115"/>
+      <c r="L26" s="115"/>
+      <c r="M26" s="75"/>
+      <c r="N26" s="22"/>
+    </row>
+    <row r="27" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B27" s="110"/>
+      <c r="C27" s="111"/>
+      <c r="D27" s="112"/>
+      <c r="E27" s="113"/>
+      <c r="F27" s="113"/>
+      <c r="G27" s="114"/>
+      <c r="H27" s="114"/>
+      <c r="I27" s="114"/>
+      <c r="J27" s="114"/>
+      <c r="K27" s="115"/>
+      <c r="L27" s="115"/>
+      <c r="M27" s="75"/>
+      <c r="N27" s="22"/>
+    </row>
+    <row r="28" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B28" s="110"/>
+      <c r="C28" s="111"/>
+      <c r="D28" s="112"/>
+      <c r="E28" s="113"/>
+      <c r="F28" s="113"/>
+      <c r="G28" s="114"/>
+      <c r="H28" s="114"/>
+      <c r="I28" s="114"/>
+      <c r="J28" s="114"/>
+      <c r="K28" s="115"/>
+      <c r="L28" s="115"/>
+      <c r="M28" s="75"/>
+      <c r="N28" s="22"/>
+    </row>
+    <row r="29" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B29" s="110"/>
+      <c r="C29" s="111"/>
+      <c r="D29" s="112"/>
+      <c r="E29" s="113"/>
+      <c r="F29" s="113"/>
+      <c r="G29" s="114"/>
+      <c r="H29" s="114"/>
+      <c r="I29" s="114"/>
+      <c r="J29" s="114"/>
+      <c r="K29" s="115"/>
+      <c r="L29" s="115"/>
+      <c r="M29" s="75"/>
+      <c r="N29" s="22"/>
+    </row>
+    <row r="30" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B30" s="110"/>
+      <c r="C30" s="111"/>
+      <c r="D30" s="112"/>
+      <c r="E30" s="113"/>
+      <c r="F30" s="113"/>
+      <c r="G30" s="114"/>
+      <c r="H30" s="114"/>
+      <c r="I30" s="114"/>
+      <c r="J30" s="114"/>
+      <c r="K30" s="115"/>
+      <c r="L30" s="115"/>
+      <c r="M30" s="75"/>
+      <c r="N30" s="22"/>
+    </row>
+    <row r="31" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B31" s="110"/>
+      <c r="C31" s="111"/>
+      <c r="D31" s="112"/>
+      <c r="E31" s="113"/>
+      <c r="F31" s="113"/>
+      <c r="G31" s="114"/>
+      <c r="H31" s="114"/>
+      <c r="I31" s="114"/>
+      <c r="J31" s="114"/>
+      <c r="K31" s="115"/>
+      <c r="L31" s="115"/>
+      <c r="M31" s="76"/>
+      <c r="N31" s="22"/>
+    </row>
+    <row r="32" spans="2:14" ht="18.2" customHeight="1">
+      <c r="B32" s="110"/>
+      <c r="C32" s="111"/>
+      <c r="D32" s="112"/>
+      <c r="E32" s="113"/>
+      <c r="F32" s="113"/>
+      <c r="G32" s="114"/>
+      <c r="H32" s="114"/>
+      <c r="I32" s="114"/>
+      <c r="J32" s="114"/>
+      <c r="K32" s="115"/>
+      <c r="L32" s="115"/>
+      <c r="M32" s="76"/>
+      <c r="N32" s="22"/>
+    </row>
+    <row r="33" spans="2:14" ht="18.2" customHeight="1">
+      <c r="B33" s="110"/>
+      <c r="C33" s="111"/>
+      <c r="D33" s="112"/>
+      <c r="E33" s="113"/>
+      <c r="F33" s="113"/>
+      <c r="G33" s="114"/>
+      <c r="H33" s="114"/>
+      <c r="I33" s="114"/>
+      <c r="J33" s="114"/>
+      <c r="K33" s="115"/>
+      <c r="L33" s="115"/>
+      <c r="M33" s="76"/>
+      <c r="N33" s="22"/>
+    </row>
+    <row r="34" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B34" s="116"/>
+      <c r="C34" s="117"/>
+      <c r="D34" s="117"/>
+      <c r="E34" s="117"/>
+      <c r="F34" s="117"/>
+      <c r="G34" s="117"/>
+      <c r="H34" s="117"/>
+      <c r="I34" s="117"/>
+      <c r="J34" s="117"/>
+      <c r="K34" s="117"/>
+      <c r="L34" s="118"/>
+      <c r="M34" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="N34" s="43">
+        <f>SUM(N25:N33)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="2:14" s="21" customFormat="1" ht="15.2" customHeight="1">
+      <c r="B35" s="41"/>
+      <c r="C35" s="42"/>
+      <c r="D35" s="42"/>
+      <c r="E35" s="42"/>
+      <c r="F35" s="42"/>
+      <c r="G35" s="42"/>
+      <c r="H35" s="42"/>
+      <c r="I35" s="42"/>
+      <c r="J35" s="42"/>
+      <c r="K35" s="42"/>
+      <c r="L35" s="42"/>
+      <c r="M35" s="42"/>
+      <c r="N35" s="42"/>
+    </row>
+    <row r="36" spans="2:12" ht="19.7" customHeight="1">
+      <c r="B36" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="C36" s="13"/>
+      <c r="D36" s="13"/>
+      <c r="E36" s="13"/>
+      <c r="F36" s="13"/>
+      <c r="G36" s="13"/>
+      <c r="H36" s="13"/>
+      <c r="I36" s="13"/>
+      <c r="J36" s="13"/>
+      <c r="K36" s="13"/>
+      <c r="L36" s="119"/>
+    </row>
+    <row r="37" spans="2:14" ht="15.2" customHeight="1">
+      <c r="B37" s="104" t="s">
+        <v>6</v>
+      </c>
+      <c r="C37" s="105"/>
+      <c r="D37" s="106" t="s">
+        <v>4</v>
+      </c>
+      <c r="E37" s="107"/>
+      <c r="F37" s="107"/>
+      <c r="G37" s="108"/>
+      <c r="H37" s="106" t="s">
+        <v>5</v>
+      </c>
+      <c r="I37" s="107"/>
+      <c r="J37" s="107"/>
+      <c r="K37" s="109"/>
+      <c r="L37" s="71" t="s">
+        <v>35</v>
+      </c>
+      <c r="M37" s="32"/>
+      <c r="N37" s="32"/>
+    </row>
+    <row r="38" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B38" s="93"/>
+      <c r="C38" s="94"/>
+      <c r="D38" s="95"/>
+      <c r="E38" s="95"/>
+      <c r="F38" s="95"/>
+      <c r="G38" s="95"/>
+      <c r="H38" s="95"/>
+      <c r="I38" s="95"/>
+      <c r="J38" s="95"/>
+      <c r="K38" s="95"/>
+      <c r="L38" s="70"/>
+      <c r="M38" s="26"/>
+      <c r="N38" s="33"/>
+    </row>
+    <row r="39" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B39" s="93"/>
+      <c r="C39" s="94"/>
+      <c r="D39" s="95"/>
+      <c r="E39" s="95"/>
+      <c r="F39" s="95"/>
+      <c r="G39" s="95"/>
+      <c r="H39" s="95"/>
+      <c r="I39" s="95"/>
+      <c r="J39" s="95"/>
+      <c r="K39" s="95"/>
+      <c r="L39" s="64"/>
+      <c r="M39" s="26"/>
+      <c r="N39" s="33"/>
+    </row>
+    <row r="40" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B40" s="93"/>
+      <c r="C40" s="94"/>
+      <c r="D40" s="95"/>
+      <c r="E40" s="95"/>
+      <c r="F40" s="95"/>
+      <c r="G40" s="95"/>
+      <c r="H40" s="95"/>
+      <c r="I40" s="95"/>
+      <c r="J40" s="95"/>
+      <c r="K40" s="95"/>
+      <c r="L40" s="64"/>
+      <c r="M40" s="26"/>
+      <c r="N40" s="33"/>
+    </row>
+    <row r="41" spans="2:14" ht="18.2" customHeight="1">
+      <c r="B41" s="93"/>
+      <c r="C41" s="94"/>
+      <c r="D41" s="95"/>
+      <c r="E41" s="95"/>
+      <c r="F41" s="95"/>
+      <c r="G41" s="95"/>
+      <c r="H41" s="95"/>
+      <c r="I41" s="95"/>
+      <c r="J41" s="95"/>
+      <c r="K41" s="95"/>
+      <c r="L41" s="65"/>
+      <c r="M41" s="31" t="s">
+        <v>16</v>
+      </c>
+      <c r="N41" s="31" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="2:14" s="19" customFormat="1" ht="15.95" customHeight="1">
+      <c r="B42" s="72" t="s">
+        <v>22</v>
+      </c>
+      <c r="C42" s="96" t="s">
+        <v>3</v>
+      </c>
+      <c r="D42" s="97"/>
+      <c r="E42" s="97"/>
+      <c r="F42" s="97"/>
+      <c r="G42" s="98"/>
+      <c r="H42" s="98"/>
+      <c r="I42" s="98"/>
+      <c r="J42" s="98"/>
+      <c r="K42" s="99"/>
+      <c r="L42" s="66">
+        <f>SUM(L38:L41)</f>
+        <v>0</v>
+      </c>
+      <c r="M42" s="58">
+        <v>5</v>
+      </c>
+      <c r="N42" s="55">
+        <f>L42*M42</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="2:14" ht="15.95" customHeight="1">
+      <c r="B43" s="73"/>
+      <c r="C43" s="100" t="s">
+        <v>40</v>
+      </c>
+      <c r="D43" s="100"/>
+      <c r="E43" s="100"/>
+      <c r="F43" s="101"/>
+      <c r="G43" s="102"/>
+      <c r="H43" s="102"/>
+      <c r="I43" s="102"/>
+      <c r="J43" s="102"/>
+      <c r="K43" s="103"/>
+      <c r="L43" s="69"/>
+      <c r="M43" s="56">
+        <v>1</v>
+      </c>
+      <c r="N43" s="56">
+        <f>L43*M43</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="2:14" ht="15.95" customHeight="1">
+      <c r="B44" s="84"/>
+      <c r="C44" s="85"/>
+      <c r="D44" s="85"/>
+      <c r="E44" s="85"/>
+      <c r="F44" s="85"/>
+      <c r="G44" s="85"/>
+      <c r="H44" s="85"/>
+      <c r="I44" s="85"/>
+      <c r="J44" s="85"/>
+      <c r="K44" s="85"/>
+      <c r="L44" s="86"/>
+      <c r="M44" s="40" t="s">
+        <v>3</v>
+      </c>
+      <c r="N44" s="40">
+        <f>SUM(N42:N43)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="2:14" s="21" customFormat="1" ht="15.2" customHeight="1">
+      <c r="B45" s="41"/>
+      <c r="C45" s="42"/>
+      <c r="D45" s="42"/>
+      <c r="E45" s="42"/>
+      <c r="F45" s="42"/>
+      <c r="G45" s="42"/>
+      <c r="H45" s="42"/>
+      <c r="I45" s="42"/>
+      <c r="J45" s="42"/>
+      <c r="K45" s="42"/>
+      <c r="L45" s="42"/>
+      <c r="M45" s="42"/>
+      <c r="N45" s="42"/>
+    </row>
+    <row r="46" spans="2:14" ht="18.75" customHeight="1">
+      <c r="B46" s="87" t="s">
+        <v>10</v>
+      </c>
+      <c r="C46" s="88"/>
+      <c r="D46" s="88"/>
+      <c r="E46" s="88"/>
+      <c r="F46" s="88"/>
+      <c r="G46" s="88"/>
+      <c r="H46" s="88"/>
+      <c r="I46" s="88"/>
+      <c r="J46" s="88"/>
+      <c r="K46" s="88"/>
+      <c r="L46" s="88"/>
+      <c r="M46" s="89" t="s">
+        <v>23</v>
+      </c>
+      <c r="N46" s="16" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="47" spans="2:14" ht="15.95" customHeight="1">
+      <c r="B47" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C47" s="92"/>
+      <c r="D47" s="92"/>
+      <c r="E47" s="92"/>
+      <c r="F47" s="92"/>
+      <c r="G47" s="92"/>
+      <c r="H47" s="92"/>
+      <c r="I47" s="92"/>
+      <c r="J47" s="92"/>
+      <c r="K47" s="92"/>
+      <c r="L47" s="92"/>
+      <c r="M47" s="90"/>
+      <c r="N47" s="15" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="48" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B48" s="8"/>
+      <c r="C48" s="7"/>
+      <c r="D48" s="7"/>
+      <c r="E48" s="7"/>
+      <c r="F48" s="7"/>
+      <c r="G48" s="7"/>
+      <c r="H48" s="7"/>
+      <c r="I48" s="7"/>
+      <c r="J48" s="7"/>
+      <c r="K48" s="7"/>
+      <c r="L48" s="7"/>
+      <c r="M48" s="17"/>
+      <c r="N48" s="53"/>
+    </row>
+    <row r="49" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B49" s="8"/>
+      <c r="C49" s="7"/>
+      <c r="D49" s="7"/>
+      <c r="E49" s="7"/>
+      <c r="F49" s="7"/>
+      <c r="G49" s="7"/>
+      <c r="H49" s="7"/>
+      <c r="I49" s="7"/>
+      <c r="J49" s="7"/>
+      <c r="K49" s="7"/>
+      <c r="L49" s="7"/>
+      <c r="M49" s="17"/>
+      <c r="N49" s="53"/>
+    </row>
+    <row r="50" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B50" s="8"/>
+      <c r="C50" s="7"/>
+      <c r="D50" s="7"/>
+      <c r="E50" s="7"/>
+      <c r="F50" s="7"/>
+      <c r="G50" s="7"/>
+      <c r="H50" s="7"/>
+      <c r="I50" s="7"/>
+      <c r="J50" s="7"/>
+      <c r="K50" s="7"/>
+      <c r="L50" s="7"/>
+      <c r="M50" s="17"/>
+      <c r="N50" s="53"/>
+    </row>
+    <row r="51" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B51" s="8"/>
+      <c r="C51" s="7"/>
+      <c r="D51" s="7"/>
+      <c r="E51" s="7"/>
+      <c r="F51" s="7"/>
+      <c r="G51" s="7"/>
+      <c r="H51" s="7"/>
+      <c r="I51" s="7"/>
+      <c r="J51" s="7"/>
+      <c r="K51" s="7"/>
+      <c r="L51" s="7"/>
+      <c r="M51" s="17"/>
+      <c r="N51" s="53"/>
+    </row>
+    <row r="52" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B52" s="8"/>
+      <c r="C52" s="7"/>
+      <c r="D52" s="7"/>
+      <c r="E52" s="7"/>
+      <c r="F52" s="7"/>
+      <c r="G52" s="7"/>
+      <c r="H52" s="7"/>
+      <c r="I52" s="7"/>
+      <c r="J52" s="7"/>
+      <c r="K52" s="7"/>
+      <c r="L52" s="7"/>
+      <c r="M52" s="17"/>
+      <c r="N52" s="53"/>
+    </row>
+    <row r="53" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B53" s="8"/>
+      <c r="C53" s="7"/>
+      <c r="D53" s="7"/>
+      <c r="E53" s="7"/>
+      <c r="F53" s="7"/>
+      <c r="G53" s="7"/>
+      <c r="H53" s="7"/>
+      <c r="I53" s="7"/>
+      <c r="J53" s="7"/>
+      <c r="K53" s="7"/>
+      <c r="L53" s="7"/>
+      <c r="M53" s="17"/>
+      <c r="N53" s="53"/>
+    </row>
+    <row r="54" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B54" s="8"/>
+      <c r="C54" s="7"/>
+      <c r="D54" s="7"/>
+      <c r="E54" s="7"/>
+      <c r="F54" s="7"/>
+      <c r="G54" s="7"/>
+      <c r="H54" s="7"/>
+      <c r="I54" s="7"/>
+      <c r="J54" s="7"/>
+      <c r="K54" s="7"/>
+      <c r="L54" s="7"/>
+      <c r="M54" s="17"/>
+      <c r="N54" s="53"/>
+    </row>
+    <row r="55" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B55" s="8"/>
+      <c r="C55" s="7"/>
+      <c r="D55" s="7"/>
+      <c r="E55" s="7"/>
+      <c r="F55" s="7"/>
+      <c r="G55" s="7"/>
+      <c r="H55" s="7"/>
+      <c r="I55" s="7"/>
+      <c r="J55" s="7"/>
+      <c r="K55" s="7"/>
+      <c r="L55" s="7"/>
+      <c r="M55" s="17"/>
+      <c r="N55" s="53"/>
+    </row>
+    <row r="56" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B56" s="8"/>
+      <c r="C56" s="7"/>
+      <c r="D56" s="7"/>
+      <c r="E56" s="7"/>
+      <c r="F56" s="7"/>
+      <c r="G56" s="7"/>
+      <c r="H56" s="7"/>
+      <c r="I56" s="7"/>
+      <c r="J56" s="7"/>
+      <c r="K56" s="7"/>
+      <c r="L56" s="7"/>
+      <c r="M56" s="17"/>
+      <c r="N56" s="53"/>
+    </row>
+    <row r="57" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B57" s="6"/>
+      <c r="C57" s="5"/>
+      <c r="D57" s="5"/>
+      <c r="E57" s="5"/>
+      <c r="F57" s="5"/>
+      <c r="G57" s="5"/>
+      <c r="H57" s="5"/>
+      <c r="I57" s="5"/>
+      <c r="J57" s="5"/>
+      <c r="K57" s="5"/>
+      <c r="L57" s="5"/>
+      <c r="M57" s="23"/>
+      <c r="N57" s="54"/>
+    </row>
+    <row r="58" spans="2:14" ht="15.95" customHeight="1">
+      <c r="B58" s="4"/>
+      <c r="C58" s="4"/>
+      <c r="D58" s="4"/>
+      <c r="E58" s="4"/>
+      <c r="F58" s="4"/>
+      <c r="G58" s="4"/>
+      <c r="H58" s="4"/>
+      <c r="I58" s="4"/>
+      <c r="J58" s="4"/>
+      <c r="K58" s="4"/>
+      <c r="L58" s="4"/>
+      <c r="M58" s="40" t="s">
+        <v>3</v>
+      </c>
+      <c r="N58" s="40">
+        <f>SUM(N48:N57)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B59" s="3"/>
+      <c r="C59" s="3"/>
+      <c r="D59" s="3"/>
+      <c r="E59" s="3"/>
+      <c r="F59" s="3"/>
+      <c r="G59" s="3"/>
+      <c r="H59" s="3"/>
+      <c r="I59" s="3"/>
+      <c r="J59" s="3"/>
+      <c r="K59" s="3"/>
+      <c r="L59" s="3"/>
+      <c r="M59" s="2"/>
+      <c r="N59" s="2"/>
+    </row>
+    <row r="60" spans="2:14" s="39" customFormat="1" ht="18.95" customHeight="1" thickBot="1">
+      <c r="B60" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C60" s="81"/>
+      <c r="D60" s="81"/>
+      <c r="E60" s="81"/>
+      <c r="F60" s="81"/>
+      <c r="G60" s="81"/>
+      <c r="H60" s="81"/>
+      <c r="I60" s="81"/>
+      <c r="J60" s="81"/>
+      <c r="K60" s="81"/>
+      <c r="L60" s="81"/>
+      <c r="M60" s="81"/>
+      <c r="N60" s="57">
+        <f>N34+N44+N20+N58</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="2:14" ht="12.2" customHeight="1" thickTop="1">
+      <c r="B61" s="82"/>
+      <c r="C61" s="83"/>
+      <c r="D61" s="83"/>
+      <c r="E61" s="83"/>
+      <c r="F61" s="83"/>
+      <c r="G61" s="83"/>
+      <c r="H61" s="83"/>
+      <c r="I61" s="83"/>
+      <c r="J61" s="83"/>
+      <c r="K61" s="83"/>
+      <c r="L61" s="83"/>
+      <c r="M61" s="83"/>
+      <c r="N61" s="83"/>
+    </row>
+    <row r="62" spans="2:14" ht="16.5" customHeight="1">
+      <c r="B62" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="C62" s="13"/>
+      <c r="D62" s="13"/>
+      <c r="E62" s="13"/>
+      <c r="F62" s="13"/>
+      <c r="G62" s="13"/>
+      <c r="H62" s="13"/>
+      <c r="I62" s="13"/>
+      <c r="J62" s="13"/>
+      <c r="K62" s="13"/>
+      <c r="L62" s="13"/>
+      <c r="M62" s="13"/>
+      <c r="N62" s="12"/>
+    </row>
+    <row r="63" spans="2:14" ht="119.25" customHeight="1">
+      <c r="B63" s="11"/>
+      <c r="C63" s="10"/>
+      <c r="D63" s="10"/>
+      <c r="E63" s="10"/>
+      <c r="F63" s="10"/>
+      <c r="G63" s="10"/>
+      <c r="H63" s="10"/>
+      <c r="I63" s="10"/>
+      <c r="J63" s="10"/>
+      <c r="K63" s="10"/>
+      <c r="L63" s="10"/>
+      <c r="M63" s="10"/>
+      <c r="N63" s="9"/>
+    </row>
+    <row r="65" spans="2:4" ht="12.75">
+      <c r="B65" t="s">
+        <v>45</v>
+      </c>
+      <c r="D65" s="80" t="str">
+        <f>hiddenSheet!ek_utgave</f>
+        <v>4.01</v>
+      </c>
+    </row>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="4f5xWT3dV+zwxPEQhx+6uXtI1b6TqIEHwSwcwrESgnNYKX2GXyj8y0GkzpEmFBzchRVSRiXcMGlYARJzM7fi+Q==" saltValue="66WIGoew94+t/aQVHTzDSQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <mergeCells count="111">
+    <mergeCell ref="B62:N62"/>
+    <mergeCell ref="B63:N63"/>
+    <mergeCell ref="B56:L56"/>
+    <mergeCell ref="B57:L57"/>
+    <mergeCell ref="B58:L58"/>
+    <mergeCell ref="B59:N59"/>
+    <mergeCell ref="B60:M60"/>
+    <mergeCell ref="B61:N61"/>
+    <mergeCell ref="B50:L50"/>
+    <mergeCell ref="B51:L51"/>
+    <mergeCell ref="B52:L52"/>
+    <mergeCell ref="B53:L53"/>
+    <mergeCell ref="B54:L54"/>
+    <mergeCell ref="B55:L55"/>
+    <mergeCell ref="B44:L44"/>
+    <mergeCell ref="B46:L46"/>
+    <mergeCell ref="M46:M47"/>
+    <mergeCell ref="B47:L47"/>
+    <mergeCell ref="B48:L48"/>
+    <mergeCell ref="B49:L49"/>
+    <mergeCell ref="B41:C41"/>
+    <mergeCell ref="D41:G41"/>
+    <mergeCell ref="H41:K41"/>
+    <mergeCell ref="C42:K42"/>
+    <mergeCell ref="C43:F43"/>
+    <mergeCell ref="G43:K43"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="D39:G39"/>
+    <mergeCell ref="H39:K39"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="D40:G40"/>
+    <mergeCell ref="H40:K40"/>
+    <mergeCell ref="B37:C37"/>
+    <mergeCell ref="D37:G37"/>
+    <mergeCell ref="H37:K37"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="D38:G38"/>
+    <mergeCell ref="H38:K38"/>
+    <mergeCell ref="B33:C33"/>
+    <mergeCell ref="D33:F33"/>
+    <mergeCell ref="G33:J33"/>
+    <mergeCell ref="K33:L33"/>
+    <mergeCell ref="B34:L34"/>
+    <mergeCell ref="B36:L36"/>
+    <mergeCell ref="B31:C31"/>
+    <mergeCell ref="D31:F31"/>
+    <mergeCell ref="G31:J31"/>
+    <mergeCell ref="K31:L31"/>
+    <mergeCell ref="B32:C32"/>
+    <mergeCell ref="D32:F32"/>
+    <mergeCell ref="G32:J32"/>
+    <mergeCell ref="K32:L32"/>
+    <mergeCell ref="B29:C29"/>
+    <mergeCell ref="D29:F29"/>
+    <mergeCell ref="G29:J29"/>
+    <mergeCell ref="K29:L29"/>
+    <mergeCell ref="B30:C30"/>
+    <mergeCell ref="D30:F30"/>
+    <mergeCell ref="G30:J30"/>
+    <mergeCell ref="K30:L30"/>
+    <mergeCell ref="B27:C27"/>
+    <mergeCell ref="D27:F27"/>
+    <mergeCell ref="G27:J27"/>
+    <mergeCell ref="K27:L27"/>
+    <mergeCell ref="B28:C28"/>
+    <mergeCell ref="D28:F28"/>
+    <mergeCell ref="G28:J28"/>
+    <mergeCell ref="K28:L28"/>
+    <mergeCell ref="B25:C25"/>
+    <mergeCell ref="D25:F25"/>
+    <mergeCell ref="G25:J25"/>
+    <mergeCell ref="K25:L25"/>
+    <mergeCell ref="B26:C26"/>
+    <mergeCell ref="D26:F26"/>
+    <mergeCell ref="G26:J26"/>
+    <mergeCell ref="K26:L26"/>
+    <mergeCell ref="B20:L20"/>
+    <mergeCell ref="B22:N22"/>
+    <mergeCell ref="B23:C23"/>
+    <mergeCell ref="D23:F24"/>
+    <mergeCell ref="G23:J24"/>
+    <mergeCell ref="K23:L23"/>
+    <mergeCell ref="M23:M24"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="B11:D11"/>
+    <mergeCell ref="E11:G11"/>
+    <mergeCell ref="H11:I11"/>
+    <mergeCell ref="J11:N11"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="E12:G12"/>
+    <mergeCell ref="H12:N12"/>
+    <mergeCell ref="B14:G15"/>
+    <mergeCell ref="H14:M14"/>
+    <mergeCell ref="N14:N15"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="L15:M15"/>
+    <mergeCell ref="B2:N2"/>
+    <mergeCell ref="B3:N3"/>
+    <mergeCell ref="B4:N4"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="E9:G9"/>
+    <mergeCell ref="H9:I9"/>
+    <mergeCell ref="J9:K9"/>
+    <mergeCell ref="M9:N9"/>
+    <mergeCell ref="B10:D10"/>
+    <mergeCell ref="E10:G10"/>
+    <mergeCell ref="H10:I10"/>
+    <mergeCell ref="J10:K10"/>
+    <mergeCell ref="M10:N10"/>
+  </mergeCells>
+  <dataValidations count="3">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K25:L33">
+      <formula1>"Taxi, Kollektivt"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M25:M33 M38:M41 M48:M57">
+      <formula1>"Ja, Nei"</formula1>
+    </dataValidation>
+    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Kun heltall tillatt" error="Kun heltall tillatt" sqref="F17:F19">
+      <formula1>0</formula1>
+    </dataValidation>
+  </dataValidations>
+  <hyperlinks>
+    <hyperlink ref="B4:N4" r:id="rId1" display="Lenke til statens satser innenlands"/>
+  </hyperlinks>
+  <pageMargins left="0.708661417322835" right="0.708661417322835" top="0.78740157480315" bottom="0.78740157480315" header="0.31496062992126" footer="0.31496062992126"/>
+  <pageSetup orientation="portrait" paperSize="9" scale="63" r:id="rId5"/>
+  <headerFooter>
+    <oddFooter>&amp;CSide &amp;P&amp;R&amp;A</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId3"/>
+  <legacyDrawing r:id="rId4"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="B2:AA65"/>
+  <sheetViews>
+    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0" topLeftCell="A1">
+      <selection pane="topLeft" activeCell="E9" sqref="E9:G9"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.14428571428571" defaultRowHeight="12.75"/>
+  <cols>
+    <col min="2" max="2" width="3.42857142857143" customWidth="1"/>
+    <col min="3" max="3" width="9.14285714285714" customWidth="1"/>
+    <col min="4" max="4" width="13.7142857142857" customWidth="1"/>
+    <col min="5" max="5" width="14.5714285714286" customWidth="1"/>
+    <col min="6" max="6" width="9.57142857142857" customWidth="1"/>
+    <col min="7" max="7" width="11" customWidth="1"/>
+    <col min="8" max="8" width="9.57142857142857" customWidth="1"/>
+    <col min="9" max="9" width="12" customWidth="1"/>
+    <col min="10" max="10" width="9.57142857142857" customWidth="1"/>
+    <col min="11" max="11" width="12" customWidth="1"/>
+    <col min="12" max="12" width="9.57142857142857" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="12" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="14.2857142857143" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:14" ht="24.95" customHeight="1">
+      <c r="B2" s="163" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" s="164"/>
+      <c r="D2" s="164"/>
+      <c r="E2" s="164"/>
+      <c r="F2" s="164"/>
+      <c r="G2" s="164"/>
+      <c r="H2" s="164"/>
+      <c r="I2" s="164"/>
+      <c r="J2" s="164"/>
+      <c r="K2" s="164"/>
+      <c r="L2" s="164"/>
+      <c r="M2" s="164"/>
+      <c r="N2" s="164"/>
+    </row>
+    <row r="3" spans="2:14" ht="13.5" customHeight="1">
+      <c r="B3" s="165" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" s="166"/>
+      <c r="D3" s="166"/>
+      <c r="E3" s="166"/>
+      <c r="F3" s="166"/>
+      <c r="G3" s="166"/>
+      <c r="H3" s="166"/>
+      <c r="I3" s="166"/>
+      <c r="J3" s="166"/>
+      <c r="K3" s="166"/>
+      <c r="L3" s="166"/>
+      <c r="M3" s="166"/>
+      <c r="N3" s="166"/>
+    </row>
+    <row r="4" spans="2:27" ht="12.75">
+      <c r="B4" s="167" t="s">
+        <v>48</v>
+      </c>
+      <c r="C4" s="167"/>
+      <c r="D4" s="167"/>
+      <c r="E4" s="167"/>
+      <c r="F4" s="167"/>
+      <c r="G4" s="167"/>
+      <c r="H4" s="167"/>
+      <c r="I4" s="167"/>
+      <c r="J4" s="167"/>
+      <c r="K4" s="167"/>
+      <c r="L4" s="167"/>
+      <c r="M4" s="167"/>
+      <c r="N4" s="167"/>
+      <c r="AA4" s="30"/>
+    </row>
+    <row r="5" spans="2:27" ht="12.75">
+      <c r="B5" s="25"/>
+      <c r="C5" s="25"/>
+      <c r="D5" s="25"/>
+      <c r="E5" s="25"/>
+      <c r="F5" s="25"/>
+      <c r="G5" s="25"/>
+      <c r="H5" s="25"/>
+      <c r="I5" s="25"/>
+      <c r="J5" s="25"/>
+      <c r="K5" s="25"/>
+      <c r="L5" s="25"/>
+      <c r="M5" s="25"/>
+      <c r="N5" s="25"/>
+      <c r="AA5" s="30"/>
+    </row>
+    <row r="6" spans="2:27" ht="12.75">
+      <c r="B6" s="30" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" s="25"/>
+      <c r="D6" s="25"/>
+      <c r="E6" s="25"/>
+      <c r="F6" s="25"/>
+      <c r="G6" s="25"/>
+      <c r="H6" s="25"/>
+      <c r="I6" s="25"/>
+      <c r="J6" s="25"/>
+      <c r="K6" s="25"/>
+      <c r="L6" s="25"/>
+      <c r="M6" s="25"/>
+      <c r="N6" s="25"/>
+      <c r="AA6" s="30"/>
+    </row>
+    <row r="7" spans="2:2" ht="12.75">
+      <c r="B7" s="30" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8" spans="3:27" ht="12.75">
+      <c r="C8" s="25"/>
+      <c r="D8" s="25"/>
+      <c r="E8" s="25"/>
+      <c r="F8" s="25"/>
+      <c r="G8" s="25"/>
+      <c r="H8" s="25"/>
+      <c r="I8" s="25"/>
+      <c r="J8" s="25"/>
+      <c r="K8" s="25"/>
+      <c r="L8" s="25"/>
+      <c r="M8" s="25"/>
+      <c r="N8" s="25"/>
+      <c r="AA8" s="30"/>
+    </row>
+    <row r="9" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B9" s="168" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="169"/>
+      <c r="D9" s="170"/>
+      <c r="E9" s="171"/>
+      <c r="F9" s="172"/>
+      <c r="G9" s="173"/>
+      <c r="H9" s="174" t="s">
+        <v>9</v>
+      </c>
+      <c r="I9" s="146"/>
+      <c r="J9" s="175"/>
+      <c r="K9" s="175"/>
+      <c r="L9" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="M9" s="176"/>
+      <c r="N9" s="176"/>
+    </row>
+    <row r="10" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B10" s="177" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="178"/>
+      <c r="D10" s="179"/>
+      <c r="E10" s="180"/>
+      <c r="F10" s="181"/>
+      <c r="G10" s="182"/>
+      <c r="H10" s="145" t="s">
+        <v>18</v>
+      </c>
+      <c r="I10" s="146"/>
+      <c r="J10" s="175"/>
+      <c r="K10" s="175"/>
+      <c r="L10" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="M10" s="176"/>
+      <c r="N10" s="176"/>
+    </row>
+    <row r="11" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B11" s="140" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11" s="141"/>
+      <c r="D11" s="142"/>
+      <c r="E11" s="143"/>
+      <c r="F11" s="143"/>
+      <c r="G11" s="144"/>
+      <c r="H11" s="145" t="s">
+        <v>27</v>
+      </c>
+      <c r="I11" s="146"/>
+      <c r="J11" s="147"/>
+      <c r="K11" s="147"/>
+      <c r="L11" s="147"/>
+      <c r="M11" s="147"/>
+      <c r="N11" s="147"/>
+    </row>
+    <row r="12" spans="2:14" ht="16.5" customHeight="1">
+      <c r="B12" s="140" t="s">
+        <v>25</v>
+      </c>
+      <c r="C12" s="141"/>
+      <c r="D12" s="142"/>
+      <c r="E12" s="148"/>
+      <c r="F12" s="143"/>
+      <c r="G12" s="149"/>
+      <c r="H12" s="150"/>
+      <c r="I12" s="151"/>
+      <c r="J12" s="151"/>
+      <c r="K12" s="151"/>
+      <c r="L12" s="151"/>
+      <c r="M12" s="151"/>
+      <c r="N12" s="151"/>
+    </row>
+    <row r="13" spans="2:14" ht="16.5" customHeight="1">
+      <c r="B13" s="28"/>
+      <c r="C13" s="28"/>
+      <c r="D13" s="28"/>
+      <c r="E13" s="29"/>
+      <c r="F13" s="29"/>
+      <c r="G13" s="29"/>
+      <c r="H13" s="27"/>
+      <c r="I13" s="27"/>
+      <c r="J13" s="27"/>
+      <c r="K13" s="27"/>
+      <c r="L13" s="27"/>
+      <c r="M13" s="27"/>
+      <c r="N13" s="27"/>
+    </row>
+    <row r="14" spans="2:14" ht="15.2" customHeight="1">
+      <c r="B14" s="152" t="s">
+        <v>30</v>
+      </c>
+      <c r="C14" s="153"/>
+      <c r="D14" s="153"/>
+      <c r="E14" s="153"/>
+      <c r="F14" s="153"/>
+      <c r="G14" s="154"/>
+      <c r="H14" s="158" t="s">
+        <v>12</v>
+      </c>
+      <c r="I14" s="158"/>
+      <c r="J14" s="158"/>
+      <c r="K14" s="158"/>
+      <c r="L14" s="158"/>
+      <c r="M14" s="158"/>
+      <c r="N14" s="159" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="15" spans="2:14" ht="15.2" customHeight="1">
+      <c r="B15" s="155"/>
+      <c r="C15" s="156"/>
+      <c r="D15" s="156"/>
+      <c r="E15" s="156"/>
+      <c r="F15" s="156"/>
+      <c r="G15" s="157"/>
+      <c r="H15" s="158" t="s">
+        <v>11</v>
+      </c>
+      <c r="I15" s="158"/>
+      <c r="J15" s="161" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="162"/>
+      <c r="L15" s="161" t="s">
+        <v>8</v>
+      </c>
+      <c r="M15" s="162"/>
+      <c r="N15" s="160"/>
+    </row>
+    <row r="16" spans="2:14" ht="15.2" customHeight="1">
+      <c r="B16" s="60"/>
+      <c r="C16" s="61"/>
+      <c r="D16" s="61"/>
+      <c r="E16" s="61"/>
+      <c r="F16" s="59" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" s="62" t="s">
+        <v>16</v>
+      </c>
+      <c r="H16" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I16" s="35" t="s">
+        <v>37</v>
+      </c>
+      <c r="J16" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="K16" s="36" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" s="63" t="s">
+        <v>15</v>
+      </c>
+      <c r="M16" s="38" t="s">
+        <v>37</v>
+      </c>
+      <c r="N16" s="24" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="17" spans="2:14" s="44" customFormat="1" ht="15.95" customHeight="1">
+      <c r="B17" s="45" t="s">
+        <v>31</v>
+      </c>
+      <c r="C17" s="34"/>
+      <c r="D17" s="34"/>
+      <c r="E17" s="34"/>
+      <c r="F17" s="37"/>
+      <c r="G17" s="50">
+        <v>940</v>
+      </c>
+      <c r="H17" s="37"/>
+      <c r="I17" s="49">
+        <f>H17*(G17*20%)</f>
+        <v>0</v>
+      </c>
+      <c r="J17" s="37"/>
+      <c r="K17" s="49">
+        <f>J17*(G17*30%)</f>
+        <v>0</v>
+      </c>
+      <c r="L17" s="67"/>
+      <c r="M17" s="46">
+        <f>L17*(G17*50%)</f>
+        <v>0</v>
+      </c>
+      <c r="N17" s="47">
+        <f>(F17*G17)-I17-K17-M17</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="2:14" s="44" customFormat="1" ht="15.95" customHeight="1">
+      <c r="B18" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="C18" s="34"/>
+      <c r="D18" s="34"/>
+      <c r="E18" s="34"/>
+      <c r="F18" s="37"/>
+      <c r="G18" s="51">
+        <v>686</v>
+      </c>
+      <c r="H18" s="37"/>
+      <c r="I18" s="49">
+        <f t="shared" si="0" ref="I18">H18*(G18*20%)</f>
+        <v>0</v>
+      </c>
+      <c r="J18" s="37"/>
+      <c r="K18" s="49">
+        <f t="shared" si="1" ref="K18:K19">J18*(G18*30%)</f>
+        <v>0</v>
+      </c>
+      <c r="L18" s="67"/>
+      <c r="M18" s="46">
+        <f t="shared" si="2" ref="M18:M19">L18*(G18*50%)</f>
+        <v>0</v>
+      </c>
+      <c r="N18" s="47">
+        <f>(F18*G18)-I18-K18-M18</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="2:15" s="44" customFormat="1" ht="15.95" customHeight="1">
+      <c r="B19" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="C19" s="34"/>
+      <c r="D19" s="34"/>
+      <c r="E19" s="34"/>
+      <c r="F19" s="37"/>
+      <c r="G19" s="52">
+        <v>369</v>
+      </c>
+      <c r="H19" s="37"/>
+      <c r="I19" s="49">
+        <f>H19*(G19*20%)</f>
+        <v>0</v>
+      </c>
+      <c r="J19" s="37"/>
+      <c r="K19" s="49">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="L19" s="68"/>
+      <c r="M19" s="46">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N19" s="47">
+        <f>(F19*G19)-I19-K19-M19</f>
+        <v>0</v>
+      </c>
+      <c r="O19" s="20"/>
+    </row>
+    <row r="20" spans="2:14" ht="15.95" customHeight="1">
+      <c r="B20" s="120" t="s">
+        <v>21</v>
+      </c>
+      <c r="C20" s="121"/>
+      <c r="D20" s="121"/>
+      <c r="E20" s="121"/>
+      <c r="F20" s="121"/>
+      <c r="G20" s="121"/>
+      <c r="H20" s="121"/>
+      <c r="I20" s="121"/>
+      <c r="J20" s="121"/>
+      <c r="K20" s="121"/>
+      <c r="L20" s="122"/>
+      <c r="M20" s="40" t="s">
+        <v>3</v>
+      </c>
+      <c r="N20" s="48">
+        <f>SUM(N17:N19)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="2:14" ht="15.95" customHeight="1">
+      <c r="B21" s="77"/>
+      <c r="C21" s="77"/>
+      <c r="D21" s="77"/>
+      <c r="E21" s="77"/>
+      <c r="F21" s="77"/>
+      <c r="G21" s="77"/>
+      <c r="H21" s="77"/>
+      <c r="I21" s="77"/>
+      <c r="J21" s="77"/>
+      <c r="K21" s="77"/>
+      <c r="L21" s="77"/>
+      <c r="M21" s="78"/>
+      <c r="N21" s="79"/>
+    </row>
+    <row r="22" spans="2:14" ht="20.45" customHeight="1">
+      <c r="B22" s="123" t="s">
+        <v>41</v>
+      </c>
+      <c r="C22" s="124"/>
+      <c r="D22" s="124"/>
+      <c r="E22" s="124"/>
+      <c r="F22" s="124"/>
+      <c r="G22" s="124"/>
+      <c r="H22" s="124"/>
+      <c r="I22" s="124"/>
+      <c r="J22" s="124"/>
+      <c r="K22" s="124"/>
+      <c r="L22" s="124"/>
+      <c r="M22" s="124"/>
+      <c r="N22" s="124"/>
+    </row>
+    <row r="23" spans="2:14" ht="15.2" customHeight="1">
+      <c r="B23" s="89" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="125"/>
+      <c r="D23" s="126" t="s">
+        <v>4</v>
+      </c>
+      <c r="E23" s="127"/>
+      <c r="F23" s="128"/>
+      <c r="G23" s="126" t="s">
+        <v>36</v>
+      </c>
+      <c r="H23" s="127"/>
+      <c r="I23" s="127"/>
+      <c r="J23" s="132"/>
+      <c r="K23" s="136" t="s">
+        <v>19</v>
+      </c>
+      <c r="L23" s="137"/>
+      <c r="M23" s="89" t="s">
+        <v>23</v>
+      </c>
+      <c r="N23" s="16" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="24" spans="2:14" ht="15.2" customHeight="1">
+      <c r="B24" s="90" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="105"/>
+      <c r="D24" s="129"/>
+      <c r="E24" s="130"/>
+      <c r="F24" s="131"/>
+      <c r="G24" s="133"/>
+      <c r="H24" s="134"/>
+      <c r="I24" s="134"/>
+      <c r="J24" s="135"/>
+      <c r="K24" s="138" t="s">
+        <v>13</v>
+      </c>
+      <c r="L24" s="139"/>
+      <c r="M24" s="90"/>
+      <c r="N24" s="15" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="25" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B25" s="110"/>
+      <c r="C25" s="111"/>
+      <c r="D25" s="112"/>
+      <c r="E25" s="113"/>
+      <c r="F25" s="113"/>
+      <c r="G25" s="114"/>
+      <c r="H25" s="114"/>
+      <c r="I25" s="114"/>
+      <c r="J25" s="114"/>
+      <c r="K25" s="115"/>
+      <c r="L25" s="115"/>
+      <c r="M25" s="74"/>
+      <c r="N25" s="22"/>
+    </row>
+    <row r="26" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B26" s="110"/>
+      <c r="C26" s="111"/>
+      <c r="D26" s="112"/>
+      <c r="E26" s="113"/>
+      <c r="F26" s="113"/>
+      <c r="G26" s="114"/>
+      <c r="H26" s="114"/>
+      <c r="I26" s="114"/>
+      <c r="J26" s="114"/>
+      <c r="K26" s="115"/>
+      <c r="L26" s="115"/>
+      <c r="M26" s="75"/>
+      <c r="N26" s="22"/>
+    </row>
+    <row r="27" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B27" s="110"/>
+      <c r="C27" s="111"/>
+      <c r="D27" s="112"/>
+      <c r="E27" s="113"/>
+      <c r="F27" s="113"/>
+      <c r="G27" s="114"/>
+      <c r="H27" s="114"/>
+      <c r="I27" s="114"/>
+      <c r="J27" s="114"/>
+      <c r="K27" s="115"/>
+      <c r="L27" s="115"/>
+      <c r="M27" s="75"/>
+      <c r="N27" s="22"/>
+    </row>
+    <row r="28" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B28" s="110"/>
+      <c r="C28" s="111"/>
+      <c r="D28" s="112"/>
+      <c r="E28" s="113"/>
+      <c r="F28" s="113"/>
+      <c r="G28" s="114"/>
+      <c r="H28" s="114"/>
+      <c r="I28" s="114"/>
+      <c r="J28" s="114"/>
+      <c r="K28" s="115"/>
+      <c r="L28" s="115"/>
+      <c r="M28" s="75"/>
+      <c r="N28" s="22"/>
+    </row>
+    <row r="29" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B29" s="110"/>
+      <c r="C29" s="111"/>
+      <c r="D29" s="112"/>
+      <c r="E29" s="113"/>
+      <c r="F29" s="113"/>
+      <c r="G29" s="114"/>
+      <c r="H29" s="114"/>
+      <c r="I29" s="114"/>
+      <c r="J29" s="114"/>
+      <c r="K29" s="115"/>
+      <c r="L29" s="115"/>
+      <c r="M29" s="75"/>
+      <c r="N29" s="22"/>
+    </row>
+    <row r="30" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B30" s="110"/>
+      <c r="C30" s="111"/>
+      <c r="D30" s="112"/>
+      <c r="E30" s="113"/>
+      <c r="F30" s="113"/>
+      <c r="G30" s="114"/>
+      <c r="H30" s="114"/>
+      <c r="I30" s="114"/>
+      <c r="J30" s="114"/>
+      <c r="K30" s="115"/>
+      <c r="L30" s="115"/>
+      <c r="M30" s="75"/>
+      <c r="N30" s="22"/>
+    </row>
+    <row r="31" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B31" s="110"/>
+      <c r="C31" s="111"/>
+      <c r="D31" s="112"/>
+      <c r="E31" s="113"/>
+      <c r="F31" s="113"/>
+      <c r="G31" s="114"/>
+      <c r="H31" s="114"/>
+      <c r="I31" s="114"/>
+      <c r="J31" s="114"/>
+      <c r="K31" s="115"/>
+      <c r="L31" s="115"/>
+      <c r="M31" s="76"/>
+      <c r="N31" s="22"/>
+    </row>
+    <row r="32" spans="2:14" ht="18.2" customHeight="1">
+      <c r="B32" s="110"/>
+      <c r="C32" s="111"/>
+      <c r="D32" s="112"/>
+      <c r="E32" s="113"/>
+      <c r="F32" s="113"/>
+      <c r="G32" s="114"/>
+      <c r="H32" s="114"/>
+      <c r="I32" s="114"/>
+      <c r="J32" s="114"/>
+      <c r="K32" s="115"/>
+      <c r="L32" s="115"/>
+      <c r="M32" s="76"/>
+      <c r="N32" s="22"/>
+    </row>
+    <row r="33" spans="2:14" ht="18.2" customHeight="1">
+      <c r="B33" s="110"/>
+      <c r="C33" s="111"/>
+      <c r="D33" s="112"/>
+      <c r="E33" s="113"/>
+      <c r="F33" s="113"/>
+      <c r="G33" s="114"/>
+      <c r="H33" s="114"/>
+      <c r="I33" s="114"/>
+      <c r="J33" s="114"/>
+      <c r="K33" s="115"/>
+      <c r="L33" s="115"/>
+      <c r="M33" s="76"/>
+      <c r="N33" s="22"/>
+    </row>
+    <row r="34" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B34" s="116"/>
+      <c r="C34" s="117"/>
+      <c r="D34" s="117"/>
+      <c r="E34" s="117"/>
+      <c r="F34" s="117"/>
+      <c r="G34" s="117"/>
+      <c r="H34" s="117"/>
+      <c r="I34" s="117"/>
+      <c r="J34" s="117"/>
+      <c r="K34" s="117"/>
+      <c r="L34" s="118"/>
+      <c r="M34" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="N34" s="43">
+        <f>SUM(N25:N33)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="2:14" s="21" customFormat="1" ht="15.2" customHeight="1">
+      <c r="B35" s="41"/>
+      <c r="C35" s="42"/>
+      <c r="D35" s="42"/>
+      <c r="E35" s="42"/>
+      <c r="F35" s="42"/>
+      <c r="G35" s="42"/>
+      <c r="H35" s="42"/>
+      <c r="I35" s="42"/>
+      <c r="J35" s="42"/>
+      <c r="K35" s="42"/>
+      <c r="L35" s="42"/>
+      <c r="M35" s="42"/>
+      <c r="N35" s="42"/>
+    </row>
+    <row r="36" spans="2:12" ht="19.7" customHeight="1">
+      <c r="B36" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="C36" s="13"/>
+      <c r="D36" s="13"/>
+      <c r="E36" s="13"/>
+      <c r="F36" s="13"/>
+      <c r="G36" s="13"/>
+      <c r="H36" s="13"/>
+      <c r="I36" s="13"/>
+      <c r="J36" s="13"/>
+      <c r="K36" s="13"/>
+      <c r="L36" s="119"/>
+    </row>
+    <row r="37" spans="2:14" ht="15.2" customHeight="1">
+      <c r="B37" s="104" t="s">
+        <v>6</v>
+      </c>
+      <c r="C37" s="105"/>
+      <c r="D37" s="106" t="s">
+        <v>4</v>
+      </c>
+      <c r="E37" s="107"/>
+      <c r="F37" s="107"/>
+      <c r="G37" s="108"/>
+      <c r="H37" s="106" t="s">
+        <v>5</v>
+      </c>
+      <c r="I37" s="107"/>
+      <c r="J37" s="107"/>
+      <c r="K37" s="109"/>
+      <c r="L37" s="71" t="s">
+        <v>35</v>
+      </c>
+      <c r="M37" s="32"/>
+      <c r="N37" s="32"/>
+    </row>
+    <row r="38" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B38" s="93"/>
+      <c r="C38" s="94"/>
+      <c r="D38" s="95"/>
+      <c r="E38" s="95"/>
+      <c r="F38" s="95"/>
+      <c r="G38" s="95"/>
+      <c r="H38" s="95"/>
+      <c r="I38" s="95"/>
+      <c r="J38" s="95"/>
+      <c r="K38" s="95"/>
+      <c r="L38" s="70"/>
+      <c r="M38" s="26"/>
+      <c r="N38" s="33"/>
+    </row>
+    <row r="39" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B39" s="93"/>
+      <c r="C39" s="94"/>
+      <c r="D39" s="95"/>
+      <c r="E39" s="95"/>
+      <c r="F39" s="95"/>
+      <c r="G39" s="95"/>
+      <c r="H39" s="95"/>
+      <c r="I39" s="95"/>
+      <c r="J39" s="95"/>
+      <c r="K39" s="95"/>
+      <c r="L39" s="64"/>
+      <c r="M39" s="26"/>
+      <c r="N39" s="33"/>
+    </row>
+    <row r="40" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B40" s="93"/>
+      <c r="C40" s="94"/>
+      <c r="D40" s="95"/>
+      <c r="E40" s="95"/>
+      <c r="F40" s="95"/>
+      <c r="G40" s="95"/>
+      <c r="H40" s="95"/>
+      <c r="I40" s="95"/>
+      <c r="J40" s="95"/>
+      <c r="K40" s="95"/>
+      <c r="L40" s="64"/>
+      <c r="M40" s="26"/>
+      <c r="N40" s="33"/>
+    </row>
+    <row r="41" spans="2:14" ht="18.2" customHeight="1">
+      <c r="B41" s="93"/>
+      <c r="C41" s="94"/>
+      <c r="D41" s="95"/>
+      <c r="E41" s="95"/>
+      <c r="F41" s="95"/>
+      <c r="G41" s="95"/>
+      <c r="H41" s="95"/>
+      <c r="I41" s="95"/>
+      <c r="J41" s="95"/>
+      <c r="K41" s="95"/>
+      <c r="L41" s="65"/>
+      <c r="M41" s="31" t="s">
+        <v>16</v>
+      </c>
+      <c r="N41" s="31" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="2:14" s="19" customFormat="1" ht="15.95" customHeight="1">
+      <c r="B42" s="72" t="s">
+        <v>22</v>
+      </c>
+      <c r="C42" s="96" t="s">
+        <v>3</v>
+      </c>
+      <c r="D42" s="97"/>
+      <c r="E42" s="97"/>
+      <c r="F42" s="97"/>
+      <c r="G42" s="98"/>
+      <c r="H42" s="98"/>
+      <c r="I42" s="98"/>
+      <c r="J42" s="98"/>
+      <c r="K42" s="99"/>
+      <c r="L42" s="66">
+        <f>SUM(L38:L41)</f>
+        <v>0</v>
+      </c>
+      <c r="M42" s="58">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="N42" s="55">
+        <f>L42*M42</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="2:14" ht="15.95" customHeight="1">
+      <c r="B43" s="73"/>
+      <c r="C43" s="100" t="s">
+        <v>40</v>
+      </c>
+      <c r="D43" s="100"/>
+      <c r="E43" s="100"/>
+      <c r="F43" s="101"/>
+      <c r="G43" s="102"/>
+      <c r="H43" s="102"/>
+      <c r="I43" s="102"/>
+      <c r="J43" s="102"/>
+      <c r="K43" s="103"/>
+      <c r="L43" s="69"/>
+      <c r="M43" s="56">
+        <v>1</v>
+      </c>
+      <c r="N43" s="56">
+        <f>L43*M43</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="2:14" ht="15.95" customHeight="1">
+      <c r="B44" s="84"/>
+      <c r="C44" s="85"/>
+      <c r="D44" s="85"/>
+      <c r="E44" s="85"/>
+      <c r="F44" s="85"/>
+      <c r="G44" s="85"/>
+      <c r="H44" s="85"/>
+      <c r="I44" s="85"/>
+      <c r="J44" s="85"/>
+      <c r="K44" s="85"/>
+      <c r="L44" s="86"/>
+      <c r="M44" s="40" t="s">
+        <v>3</v>
+      </c>
+      <c r="N44" s="40">
+        <f>SUM(N42:N43)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="2:14" s="21" customFormat="1" ht="15.2" customHeight="1">
+      <c r="B45" s="41"/>
+      <c r="C45" s="42"/>
+      <c r="D45" s="42"/>
+      <c r="E45" s="42"/>
+      <c r="F45" s="42"/>
+      <c r="G45" s="42"/>
+      <c r="H45" s="42"/>
+      <c r="I45" s="42"/>
+      <c r="J45" s="42"/>
+      <c r="K45" s="42"/>
+      <c r="L45" s="42"/>
+      <c r="M45" s="42"/>
+      <c r="N45" s="42"/>
+    </row>
+    <row r="46" spans="2:14" ht="18.75" customHeight="1">
+      <c r="B46" s="87" t="s">
+        <v>10</v>
+      </c>
+      <c r="C46" s="88"/>
+      <c r="D46" s="88"/>
+      <c r="E46" s="88"/>
+      <c r="F46" s="88"/>
+      <c r="G46" s="88"/>
+      <c r="H46" s="88"/>
+      <c r="I46" s="88"/>
+      <c r="J46" s="88"/>
+      <c r="K46" s="88"/>
+      <c r="L46" s="88"/>
+      <c r="M46" s="89" t="s">
+        <v>23</v>
+      </c>
+      <c r="N46" s="16" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="47" spans="2:14" ht="15.95" customHeight="1">
+      <c r="B47" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C47" s="92"/>
+      <c r="D47" s="92"/>
+      <c r="E47" s="92"/>
+      <c r="F47" s="92"/>
+      <c r="G47" s="92"/>
+      <c r="H47" s="92"/>
+      <c r="I47" s="92"/>
+      <c r="J47" s="92"/>
+      <c r="K47" s="92"/>
+      <c r="L47" s="92"/>
+      <c r="M47" s="90"/>
+      <c r="N47" s="15" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="48" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B48" s="8"/>
+      <c r="C48" s="7"/>
+      <c r="D48" s="7"/>
+      <c r="E48" s="7"/>
+      <c r="F48" s="7"/>
+      <c r="G48" s="7"/>
+      <c r="H48" s="7"/>
+      <c r="I48" s="7"/>
+      <c r="J48" s="7"/>
+      <c r="K48" s="7"/>
+      <c r="L48" s="7"/>
+      <c r="M48" s="17"/>
+      <c r="N48" s="53"/>
+    </row>
+    <row r="49" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B49" s="8"/>
+      <c r="C49" s="7"/>
+      <c r="D49" s="7"/>
+      <c r="E49" s="7"/>
+      <c r="F49" s="7"/>
+      <c r="G49" s="7"/>
+      <c r="H49" s="7"/>
+      <c r="I49" s="7"/>
+      <c r="J49" s="7"/>
+      <c r="K49" s="7"/>
+      <c r="L49" s="7"/>
+      <c r="M49" s="17"/>
+      <c r="N49" s="53"/>
+    </row>
+    <row r="50" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B50" s="8"/>
+      <c r="C50" s="7"/>
+      <c r="D50" s="7"/>
+      <c r="E50" s="7"/>
+      <c r="F50" s="7"/>
+      <c r="G50" s="7"/>
+      <c r="H50" s="7"/>
+      <c r="I50" s="7"/>
+      <c r="J50" s="7"/>
+      <c r="K50" s="7"/>
+      <c r="L50" s="7"/>
+      <c r="M50" s="17"/>
+      <c r="N50" s="53"/>
+    </row>
+    <row r="51" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B51" s="8"/>
+      <c r="C51" s="7"/>
+      <c r="D51" s="7"/>
+      <c r="E51" s="7"/>
+      <c r="F51" s="7"/>
+      <c r="G51" s="7"/>
+      <c r="H51" s="7"/>
+      <c r="I51" s="7"/>
+      <c r="J51" s="7"/>
+      <c r="K51" s="7"/>
+      <c r="L51" s="7"/>
+      <c r="M51" s="17"/>
+      <c r="N51" s="53"/>
+    </row>
+    <row r="52" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B52" s="8"/>
+      <c r="C52" s="7"/>
+      <c r="D52" s="7"/>
+      <c r="E52" s="7"/>
+      <c r="F52" s="7"/>
+      <c r="G52" s="7"/>
+      <c r="H52" s="7"/>
+      <c r="I52" s="7"/>
+      <c r="J52" s="7"/>
+      <c r="K52" s="7"/>
+      <c r="L52" s="7"/>
+      <c r="M52" s="17"/>
+      <c r="N52" s="53"/>
+    </row>
+    <row r="53" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B53" s="8"/>
+      <c r="C53" s="7"/>
+      <c r="D53" s="7"/>
+      <c r="E53" s="7"/>
+      <c r="F53" s="7"/>
+      <c r="G53" s="7"/>
+      <c r="H53" s="7"/>
+      <c r="I53" s="7"/>
+      <c r="J53" s="7"/>
+      <c r="K53" s="7"/>
+      <c r="L53" s="7"/>
+      <c r="M53" s="17"/>
+      <c r="N53" s="53"/>
+    </row>
+    <row r="54" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B54" s="8"/>
+      <c r="C54" s="7"/>
+      <c r="D54" s="7"/>
+      <c r="E54" s="7"/>
+      <c r="F54" s="7"/>
+      <c r="G54" s="7"/>
+      <c r="H54" s="7"/>
+      <c r="I54" s="7"/>
+      <c r="J54" s="7"/>
+      <c r="K54" s="7"/>
+      <c r="L54" s="7"/>
+      <c r="M54" s="17"/>
+      <c r="N54" s="53"/>
+    </row>
+    <row r="55" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B55" s="8"/>
+      <c r="C55" s="7"/>
+      <c r="D55" s="7"/>
+      <c r="E55" s="7"/>
+      <c r="F55" s="7"/>
+      <c r="G55" s="7"/>
+      <c r="H55" s="7"/>
+      <c r="I55" s="7"/>
+      <c r="J55" s="7"/>
+      <c r="K55" s="7"/>
+      <c r="L55" s="7"/>
+      <c r="M55" s="17"/>
+      <c r="N55" s="53"/>
+    </row>
+    <row r="56" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B56" s="8"/>
+      <c r="C56" s="7"/>
+      <c r="D56" s="7"/>
+      <c r="E56" s="7"/>
+      <c r="F56" s="7"/>
+      <c r="G56" s="7"/>
+      <c r="H56" s="7"/>
+      <c r="I56" s="7"/>
+      <c r="J56" s="7"/>
+      <c r="K56" s="7"/>
+      <c r="L56" s="7"/>
+      <c r="M56" s="17"/>
+      <c r="N56" s="53"/>
+    </row>
+    <row r="57" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B57" s="6"/>
+      <c r="C57" s="5"/>
+      <c r="D57" s="5"/>
+      <c r="E57" s="5"/>
+      <c r="F57" s="5"/>
+      <c r="G57" s="5"/>
+      <c r="H57" s="5"/>
+      <c r="I57" s="5"/>
+      <c r="J57" s="5"/>
+      <c r="K57" s="5"/>
+      <c r="L57" s="5"/>
+      <c r="M57" s="23"/>
+      <c r="N57" s="54"/>
+    </row>
+    <row r="58" spans="2:14" ht="15.95" customHeight="1">
+      <c r="B58" s="4"/>
+      <c r="C58" s="4"/>
+      <c r="D58" s="4"/>
+      <c r="E58" s="4"/>
+      <c r="F58" s="4"/>
+      <c r="G58" s="4"/>
+      <c r="H58" s="4"/>
+      <c r="I58" s="4"/>
+      <c r="J58" s="4"/>
+      <c r="K58" s="4"/>
+      <c r="L58" s="4"/>
+      <c r="M58" s="40" t="s">
+        <v>3</v>
+      </c>
+      <c r="N58" s="40">
+        <f>SUM(N48:N57)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="2:14" ht="16.7" customHeight="1">
+      <c r="B59" s="3"/>
+      <c r="C59" s="3"/>
+      <c r="D59" s="3"/>
+      <c r="E59" s="3"/>
+      <c r="F59" s="3"/>
+      <c r="G59" s="3"/>
+      <c r="H59" s="3"/>
+      <c r="I59" s="3"/>
+      <c r="J59" s="3"/>
+      <c r="K59" s="3"/>
+      <c r="L59" s="3"/>
+      <c r="M59" s="2"/>
+      <c r="N59" s="2"/>
+    </row>
+    <row r="60" spans="2:14" s="39" customFormat="1" ht="18.95" customHeight="1" thickBot="1">
+      <c r="B60" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C60" s="81"/>
+      <c r="D60" s="81"/>
+      <c r="E60" s="81"/>
+      <c r="F60" s="81"/>
+      <c r="G60" s="81"/>
+      <c r="H60" s="81"/>
+      <c r="I60" s="81"/>
+      <c r="J60" s="81"/>
+      <c r="K60" s="81"/>
+      <c r="L60" s="81"/>
+      <c r="M60" s="81"/>
+      <c r="N60" s="57">
+        <f>N34+N44+N20+N58</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="2:14" ht="12.2" customHeight="1" thickTop="1">
+      <c r="B61" s="82"/>
+      <c r="C61" s="83"/>
+      <c r="D61" s="83"/>
+      <c r="E61" s="83"/>
+      <c r="F61" s="83"/>
+      <c r="G61" s="83"/>
+      <c r="H61" s="83"/>
+      <c r="I61" s="83"/>
+      <c r="J61" s="83"/>
+      <c r="K61" s="83"/>
+      <c r="L61" s="83"/>
+      <c r="M61" s="83"/>
+      <c r="N61" s="83"/>
+    </row>
+    <row r="62" spans="2:14" ht="16.5" customHeight="1">
+      <c r="B62" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="C62" s="13"/>
+      <c r="D62" s="13"/>
+      <c r="E62" s="13"/>
+      <c r="F62" s="13"/>
+      <c r="G62" s="13"/>
+      <c r="H62" s="13"/>
+      <c r="I62" s="13"/>
+      <c r="J62" s="13"/>
+      <c r="K62" s="13"/>
+      <c r="L62" s="13"/>
+      <c r="M62" s="13"/>
+      <c r="N62" s="12"/>
+    </row>
+    <row r="63" spans="2:14" ht="119.25" customHeight="1">
+      <c r="B63" s="11"/>
+      <c r="C63" s="10"/>
+      <c r="D63" s="10"/>
+      <c r="E63" s="10"/>
+      <c r="F63" s="10"/>
+      <c r="G63" s="10"/>
+      <c r="H63" s="10"/>
+      <c r="I63" s="10"/>
+      <c r="J63" s="10"/>
+      <c r="K63" s="10"/>
+      <c r="L63" s="10"/>
+      <c r="M63" s="10"/>
+      <c r="N63" s="9"/>
+    </row>
+    <row r="65" spans="2:4" ht="12.75">
+      <c r="B65" t="s">
+        <v>45</v>
+      </c>
+      <c r="D65" s="80" t="str">
+        <f>hiddenSheet!ek_utgave</f>
+        <v>4.01</v>
+      </c>
+    </row>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="oNMcI/LhSfsp+MiuXRkpW3Jog+YXrvrRgo4JQgDuhB1a/HtsC/4FZ95xhcwDtyjEoo9fKxaPEFmlOBUBhajqig==" saltValue="KHlDILjFzq+sO/B/naIQ4A==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <mergeCells count="111">
+    <mergeCell ref="M46:M47"/>
+    <mergeCell ref="B31:C31"/>
+    <mergeCell ref="D30:F30"/>
+    <mergeCell ref="B60:M60"/>
+    <mergeCell ref="B61:N61"/>
+    <mergeCell ref="B4:N4"/>
+    <mergeCell ref="B48:L48"/>
+    <mergeCell ref="B55:L55"/>
+    <mergeCell ref="B56:L56"/>
+    <mergeCell ref="B59:N59"/>
+    <mergeCell ref="B33:C33"/>
+    <mergeCell ref="B32:C32"/>
+    <mergeCell ref="B37:C37"/>
+    <mergeCell ref="G43:K43"/>
+    <mergeCell ref="H14:M14"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="B36:L36"/>
+    <mergeCell ref="B34:L34"/>
+    <mergeCell ref="B46:L46"/>
+    <mergeCell ref="B47:L47"/>
+    <mergeCell ref="B57:L57"/>
+    <mergeCell ref="B58:L58"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="C42:K42"/>
+    <mergeCell ref="D25:F25"/>
+    <mergeCell ref="B53:L53"/>
+    <mergeCell ref="B54:L54"/>
+    <mergeCell ref="B50:L50"/>
+    <mergeCell ref="B51:L51"/>
+    <mergeCell ref="B52:L52"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="K23:L23"/>
+    <mergeCell ref="B41:C41"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="D28:F28"/>
+    <mergeCell ref="D29:F29"/>
+    <mergeCell ref="B44:L44"/>
+    <mergeCell ref="B49:L49"/>
+    <mergeCell ref="G31:J31"/>
+    <mergeCell ref="K31:L31"/>
+    <mergeCell ref="G25:J25"/>
+    <mergeCell ref="D41:G41"/>
+    <mergeCell ref="H38:K38"/>
+    <mergeCell ref="G26:J26"/>
+    <mergeCell ref="K26:L26"/>
+    <mergeCell ref="B2:N2"/>
+    <mergeCell ref="B3:N3"/>
+    <mergeCell ref="H9:I9"/>
+    <mergeCell ref="J9:K9"/>
+    <mergeCell ref="M9:N9"/>
+    <mergeCell ref="B11:D11"/>
+    <mergeCell ref="H10:I10"/>
+    <mergeCell ref="J10:K10"/>
+    <mergeCell ref="M10:N10"/>
+    <mergeCell ref="H11:I11"/>
+    <mergeCell ref="J11:N11"/>
+    <mergeCell ref="E11:G11"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="B10:D10"/>
+    <mergeCell ref="E10:G10"/>
+    <mergeCell ref="E9:G9"/>
+    <mergeCell ref="E12:G12"/>
+    <mergeCell ref="H12:N12"/>
+    <mergeCell ref="N14:N15"/>
+    <mergeCell ref="B14:G15"/>
+    <mergeCell ref="B23:C23"/>
+    <mergeCell ref="K29:L29"/>
+    <mergeCell ref="B28:C28"/>
+    <mergeCell ref="G28:J28"/>
+    <mergeCell ref="K28:L28"/>
+    <mergeCell ref="B22:N22"/>
+    <mergeCell ref="B27:C27"/>
+    <mergeCell ref="B26:C26"/>
+    <mergeCell ref="M23:M24"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="B25:C25"/>
+    <mergeCell ref="L15:M15"/>
+    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="K25:L25"/>
+    <mergeCell ref="D23:F24"/>
+    <mergeCell ref="G23:J24"/>
+    <mergeCell ref="D26:F26"/>
+    <mergeCell ref="D27:F27"/>
+    <mergeCell ref="G27:J27"/>
+    <mergeCell ref="K27:L27"/>
+    <mergeCell ref="B62:N62"/>
+    <mergeCell ref="B63:N63"/>
+    <mergeCell ref="B20:L20"/>
+    <mergeCell ref="C43:F43"/>
+    <mergeCell ref="H39:K39"/>
+    <mergeCell ref="H40:K40"/>
+    <mergeCell ref="H41:K41"/>
+    <mergeCell ref="D33:F33"/>
+    <mergeCell ref="G33:J33"/>
+    <mergeCell ref="K33:L33"/>
+    <mergeCell ref="D32:F32"/>
+    <mergeCell ref="G32:J32"/>
+    <mergeCell ref="K32:L32"/>
+    <mergeCell ref="B30:C30"/>
+    <mergeCell ref="G30:J30"/>
+    <mergeCell ref="K30:L30"/>
+    <mergeCell ref="B29:C29"/>
+    <mergeCell ref="G29:J29"/>
+    <mergeCell ref="D31:F31"/>
+    <mergeCell ref="D37:G37"/>
+    <mergeCell ref="H37:K37"/>
+    <mergeCell ref="D38:G38"/>
+    <mergeCell ref="D39:G39"/>
+    <mergeCell ref="D40:G40"/>
+  </mergeCells>
+  <dataValidations count="2">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M25:M33 M38:M41 M48:M57">
+      <formula1>"Ja, Nei"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K25:L33">
+      <formula1>"Taxi, Kollektivt"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <hyperlinks>
+    <hyperlink ref="B4:N4" r:id="rId1" display="Lenke til statens satser innenlands"/>
+  </hyperlinks>
+  <pageMargins left="0.708661417322835" right="0.708661417322835" top="0.78740157480315" bottom="0.78740157480315" header="0.31496062992126" footer="0.31496062992126"/>
+  <pageSetup orientation="portrait" paperSize="9" scale="63" r:id="rId5"/>
+  <headerFooter>
+    <oddFooter>&amp;CPåløpte reiseutgifter 2024</oddFooter>
   </headerFooter>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>hiddenSheet</vt:lpstr>
+      <vt:lpstr>Påløpte utgifter 2026</vt:lpstr>
+      <vt:lpstr>Påløpte utgifter 2025</vt:lpstr>
       <vt:lpstr>Påløpte utgifter 2024</vt:lpstr>
-      <vt:lpstr>Påløpte utgifter 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Template/>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Reisespesifikasjon - innleid bedømmer</dc:title>
   <dc:subject/>
   <dc:creator>Your User Name</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>